--- v0 (2025-11-04)
+++ v1 (2026-02-14)
@@ -142,66 +142,66 @@
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/2006</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -865,117 +865,117 @@
       <c r="F8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>41</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78611668100010</v>
+        <v>42813525500050</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>52490001049</v>
+        <v>32590996759</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42813525500050</v>
+        <v>78611668100010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>32590996759</v>
+        <v>52490001049</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -991,31 +991,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 18:35:20</dc:description>
+  <dc:description>Export en date du 02/14/2026 11:55:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>