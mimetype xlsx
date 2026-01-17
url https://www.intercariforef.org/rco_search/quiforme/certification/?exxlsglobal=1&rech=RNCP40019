--- v0 (2025-12-02)
+++ v1 (2026-01-17)
@@ -379,135 +379,135 @@
   <si>
     <t>11/05/1987</t>
   </si>
   <si>
     <t>2376P004176</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>CNAM BRETAGNE - AGCNAM</t>
+  </si>
+  <si>
+    <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>02/02/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
+  </si>
+  <si>
+    <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
+  </si>
+  <si>
+    <t>16/06/2012</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>CNAM AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>4 RUE RAVIER 69007 LYON</t>
+  </si>
+  <si>
+    <t>07/07/2011</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
+  </si>
+  <si>
+    <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>26/07/2017</t>
+  </si>
+  <si>
+    <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
+  </si>
+  <si>
+    <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>FORMASUP ISERE DROME ARDECHE</t>
+  </si>
+  <si>
+    <t>3 AVENUE MARIE REYNOARD 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>24/01/2011</t>
+  </si>
+  <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...56 lines deleted...]
-    <t>01/04/2003</t>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
   </si>
   <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
   </si>
   <si>
     <t>19/08/1991</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/04/2006</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
   </si>
   <si>
     <t>15/07/2002</t>
   </si>
   <si>
     <t>4390P000290</t>
   </si>
   <si>
     <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
   </si>
@@ -2174,372 +2174,372 @@
       <c r="F32" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
         <v>120</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78515062400365</v>
+        <v>43411361900119</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I33" s="3">
-        <v>11753852175</v>
+        <v>53220704022</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>40945804900049</v>
+        <v>43964416200034</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="I34" s="3">
-        <v>84380775838</v>
+        <v>93131641013</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>43411361900119</v>
+        <v>44320628900045</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D35" s="2"/>
+      <c r="D35" s="2" t="s">
+        <v>129</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>53220704022</v>
+        <v>82690751869</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>43964416200034</v>
+        <v>44338132200025</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I36" s="3">
-        <v>93131641013</v>
+        <v>98970282197</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44320628900045</v>
+        <v>44911357000013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D37" s="2" t="s">
         <v>135</v>
       </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="I37" s="3">
-        <v>82690751869</v>
+        <v>24450217445</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44338132200025</v>
+        <v>40945804900049</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I38" s="3">
-        <v>98970282197</v>
+        <v>84380775838</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>44911357000013</v>
+        <v>78515062400365</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>124</v>
       </c>
       <c r="I39" s="3">
-        <v>24450217445</v>
+        <v>11753852175</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>32439762900118</v>
+        <v>49189213900016</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>22</v>
+        <v>124</v>
       </c>
       <c r="I40" s="3">
-        <v>52440210544</v>
+        <v>91340604534</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>49189213900016</v>
+        <v>32439762900118</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>147</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>91340604534</v>
+        <v>52440210544</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>151</v>
       </c>
@@ -3005,31 +3005,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 15:55:27</dc:description>
+  <dc:description>Export en date du 01/17/2026 05:10:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>