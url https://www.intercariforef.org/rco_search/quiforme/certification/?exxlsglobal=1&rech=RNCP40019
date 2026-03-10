--- v1 (2026-01-17)
+++ v2 (2026-03-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -190,53 +190,50 @@
   <si>
     <t>UNIVERSITE DE CAEN NORMANDIE</t>
   </si>
   <si>
     <t>ESPLANADE DE LA PAIX 14000 CAEN</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>2514P600014</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>5329P003029</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL POLYTECHNIQUE DE TOULOUSE</t>
   </si>
   <si>
     <t>IPST - CNAM</t>
   </si>
   <si>
     <t>MAISON RECHERCHE ET VALORISATION 118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>10/06/2013</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE II</t>
   </si>
   <si>
     <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE BORDEAUX MONTAIGNE BORDEAUX III</t>
   </si>
   <si>
     <t>DOM UNIVERSITAIRE 33600 PESSAC</t>
@@ -379,201 +376,201 @@
   <si>
     <t>11/05/1987</t>
   </si>
   <si>
     <t>2376P004176</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REGION DES PAYS DE LA LOIRE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD GUY MOLLET 44300 NANTES</t>
+  </si>
+  <si>
+    <t>19/08/1991</t>
+  </si>
+  <si>
+    <t>CNAM BOURGOGNE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>13 RUE ERNEST THIERRY-MIEG 90000 BELFORT</t>
+  </si>
+  <si>
+    <t>15/07/2002</t>
+  </si>
+  <si>
+    <t>4390P000290</t>
+  </si>
+  <si>
+    <t>CNAM HAUTS-DE-FRANCE - ASSOCIATION DE GESTION</t>
+  </si>
+  <si>
+    <t>AV DES FACULTES 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>23/01/1990</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CNAM DE MARTINIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INIVERSITAIRE BP 7216 CAMPUS UNIVERSITAIRE 97233 SCHOELCHER</t>
+  </si>
+  <si>
+    <t>01/03/1993</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
+  </si>
+  <si>
+    <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS EN GUADELOUPE</t>
+  </si>
+  <si>
+    <t>CAMPUS FOUILLE FOUILLOLE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>FORMASUP MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/01/2022</t>
+  </si>
+  <si>
+    <t>FORMASUP ISERE DROME ARDECHE</t>
+  </si>
+  <si>
+    <t>3 AVENUE MARIE REYNOARD 38100 GRENOBLE</t>
+  </si>
+  <si>
+    <t>24/01/2011</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>CNAM BRETAGNE - AGCNAM</t>
   </si>
   <si>
     <t>2 RUE CAMILLE GUERIN 22440 PLOUFRAGAN</t>
   </si>
   <si>
     <t>02/02/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE PROVENCE ALPES COTE D4AZUR</t>
   </si>
   <si>
     <t>12 PL DES ABATTOIRS 13015 MARSEILLE 15EME</t>
   </si>
   <si>
     <t>16/06/2012</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATION DES ARTS ET METIERS AUVERGNE-RHONE-ALPES</t>
   </si>
   <si>
     <t>CNAM AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>4 RUE RAVIER 69007 LYON</t>
   </si>
   <si>
     <t>07/07/2011</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU CONSERVATOIRE NATIONAL DES ARTS ET METIERS DE LA REUNION</t>
   </si>
   <si>
     <t>ZAC 2000 18 RUE CLAUDE CHAPPE 97420 LE PORT</t>
   </si>
   <si>
     <t>26/07/2017</t>
   </si>
   <si>
     <t>CNAM CENTRE-VAL DE LOIRE - AGCNAM</t>
   </si>
   <si>
     <t>21 B RUE EUGENE VIGNAT 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
-    <t>FORMASUP ISERE DROME ARDECHE</t>
-[...5 lines deleted...]
-    <t>24/01/2011</t>
+    <t>ASSOCIATION DE GESTION DU CNAM EN REGION OCCITANIE</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 989 RUE DE LA CROIX VERTE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2006</t>
   </si>
   <si>
     <t>CNAM ILE DE FRANCE - AGCNAM</t>
   </si>
   <si>
     <t>1ER ETAGE 9 COUR DES PETITES ECURIES 75010 PARIS</t>
   </si>
   <si>
     <t>01/08/2018</t>
-  </si>
-[...82 lines deleted...]
-    <t>24/01/2022</t>
   </si>
   <si>
     <t>CNAM GRAND EST</t>
   </si>
   <si>
     <t>4 AVENUE DOCTEUR HEYDENREICH 54000 NANCY</t>
   </si>
   <si>
     <t>30/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>CNAM NOUVELLE-AQUITAINE - ASSOCIATION DE GESTION</t>
   </si>
   <si>
     <t>CITE NUMERIQUE 2 RUE MARC SANGNIER 33130 BEGLES</t>
   </si>
   <si>
     <t>01/03/2021</t>
   </si>
   <si>
     <t>CNAM NORMANDIE</t>
   </si>
@@ -1484,1489 +1481,1487 @@
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19311381800150</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D15" s="2" t="s">
+      <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
         <v>76310875731</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19311383400017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19331766600017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
         <v>72330704833</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19341089100017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19350937900015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19370800500478</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19380141200019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
         <v>82380500938</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19594403800205</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19660437500010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19672767100014</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19681166500393</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D26" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="D26" s="2" t="s">
+      <c r="E26" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="E26" s="2" t="s">
+      <c r="F26" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="I26" s="3" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19751717000019</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19753471200017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>19762762300097</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>43411361900119</v>
+        <v>32439762900118</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I33" s="3">
-        <v>53220704022</v>
+        <v>52440210544</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43964416200034</v>
+        <v>34022316300023</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>93131641013</v>
+        <v>22</v>
+      </c>
+      <c r="I34" s="3" t="s">
+        <v>126</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>44320628900045</v>
+        <v>34896746400028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I35" s="3">
-        <v>82690751869</v>
+        <v>22800077680</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44338132200025</v>
+        <v>39064039900015</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="I36" s="3">
-        <v>98970282197</v>
+        <v>97970049697</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44911357000013</v>
+        <v>39089496200054</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
       <c r="I37" s="3">
-        <v>24450217445</v>
+        <v>11770565477</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>40945804900049</v>
+        <v>39174243400015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="I38" s="3">
-        <v>84380775838</v>
+        <v>95970009897</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78515062400365</v>
+        <v>39391439500057</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I39" s="3">
-        <v>11753852175</v>
+        <v>93130972313</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>49189213900016</v>
+        <v>40945804900049</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I40" s="3">
-        <v>91340604534</v>
+        <v>84380775838</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>32439762900118</v>
+        <v>42813525500050</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F41" s="2" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I41" s="3">
-        <v>52440210544</v>
+        <v>32590996759</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42813525500050</v>
+        <v>43411361900119</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="I42" s="3">
-        <v>32590996759</v>
+        <v>53220704022</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>34022316300023</v>
+        <v>43964416200034</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>133</v>
+      </c>
+      <c r="I43" s="3">
+        <v>93131641013</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>34896746400028</v>
+        <v>44320628900045</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="E44" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="D44" s="2"/>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I44" s="3">
-        <v>22800077680</v>
+        <v>82690751869</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>39064039900015</v>
+        <v>44338132200025</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F45" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>124</v>
+        <v>22</v>
       </c>
       <c r="I45" s="3">
-        <v>97970049697</v>
+        <v>98970282197</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>39089496200054</v>
+        <v>44911357000013</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="I46" s="3">
-        <v>11770565477</v>
+        <v>24450217445</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>39174243400015</v>
+        <v>49189213900016</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I47" s="3">
-        <v>95970009897</v>
+        <v>91340604534</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>39391439500057</v>
+        <v>78515062400365</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I48" s="3">
-        <v>93130972313</v>
+        <v>11753852175</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>82304134800017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="I49" s="3">
         <v>44540353454</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>82434427900149</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="3">
         <v>75331053233</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82456546900015</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
       <c r="I51" s="3">
         <v>28140302014</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>93249089900014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="3">
         <v>76341356134</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I53" s="3">
         <v>53291016929</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M53" s="2" t="s">
@@ -3005,31 +3000,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/17/2026 05:10:23</dc:description>
+  <dc:description>Export en date du 03/10/2026 05:41:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>