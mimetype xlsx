--- v0 (2025-12-27)
+++ v1 (2026-02-24)
@@ -121,69 +121,69 @@
   <si>
     <t>12/07/1990</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>POLE SUPERIEUR D'ENSEIGNEMENT ARTISTIQUE PARIS - BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>14 RUE DE MADRID 75008 PARIS</t>
   </si>
   <si>
     <t>21/12/2009</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
+    <t>CTRE NATIONAL DANSE COMTEMPORAINE ANGERS</t>
+  </si>
+  <si>
+    <t>17 RUE DE LA TANNERIE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>05/12/2007</t>
+  </si>
+  <si>
+    <t>90.01Z</t>
+  </si>
+  <si>
     <t>OPERA NATIONAL DE PARIS</t>
   </si>
   <si>
     <t>120 RUE DE LYON 75012 PARIS</t>
   </si>
   <si>
     <t>17/03/1990</t>
-  </si>
-[...10 lines deleted...]
-    <t>05/12/2007</t>
   </si>
   <si>
     <t>POLE NATIONAL SUPERIEUR DE DANSE ROSELLA HIGHTOWER</t>
   </si>
   <si>
     <t>5 RUE DE COLMAR 06400 CANNES</t>
   </si>
   <si>
     <t>01/10/2019</t>
   </si>
   <si>
     <t>85.52Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -730,104 +730,102 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>20003918800012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78439607900054</v>
+        <v>31423921100035</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>31423921100035</v>
+        <v>78439607900054</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
@@ -907,31 +905,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/27/2025 10:02:19</dc:description>
+  <dc:description>Export en date du 02/24/2026 09:51:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>