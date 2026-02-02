--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -79,89 +79,194 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AFOREST</t>
+  </si>
+  <si>
+    <t>PARC ACTIV FREYMING-MERLE 57450 HENRIVILLE</t>
+  </si>
+  <si>
+    <t>01/09/2001</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>ZI 5 RUE BEAU SOLEIL 54920 VILLERS-LA-MONTAGNE</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>7 RUE DU MEZIN 57190 FLORANGE</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>MIT 4 RUE PAUL LANGEVIN 57070 METZ</t>
+  </si>
+  <si>
+    <t>05/07/2018</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE PROVENCE (AFPI PROVENCE)</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>SARL DOUGE FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>ZI DE LA CROISETTE 8 RUE DE LA CROISETTE 54210 SAINT-NICOLAS-DE-PORT</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>ASS DE FORMATION PROFESSIONNELLE DE L INDUSTRIE LYON</t>
+  </si>
+  <si>
+    <t>60 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INST FORMA REGION INDUS AGRO ALIMEN PACA</t>
+  </si>
+  <si>
+    <t>CITE DE L ALIMENTATION RUE PIERRE BAYLE 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>5 RUE DU CHATEAU 25400 EXINCOURT</t>
+  </si>
+  <si>
+    <t>11/09/2007</t>
+  </si>
+  <si>
+    <t>8 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/01/2024</t>
+  </si>
+  <si>
     <t>ASS FORMATION PROF INDUSTRIE ISERE</t>
   </si>
   <si>
     <t>MAISON DE LA PRODUCTION ZI 83 RUE CHATAGNON 38430 MOIRANS</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>FAUX</t>
+    <t>ABSKILL I</t>
+  </si>
+  <si>
+    <t>ABSKILL</t>
+  </si>
+  <si>
+    <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>EFIA</t>
+  </si>
+  <si>
+    <t>88 RUE GRIGNAN 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
   </si>
   <si>
     <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
   </si>
   <si>
     <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>CFAI AFORP MOULINEAUX</t>
   </si>
   <si>
     <t>34 RUE BAUDIN 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CFAI AFORP MANTES</t>
   </si>
   <si>
     <t>6 RUE CAMELINAT 78711 MANTES-LA-VILLE</t>
   </si>
   <si>
     <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>BAT F RUE WILLY BRANDT 77184 EMERAINVILLE</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>238 RUE DE LA JUSTICE-ZI VAUX PENIL ZONE INDUSTRIELLE 77000 MELUN</t>
   </si>
   <si>
     <t>ASSOCIATION LA PROVIDENCE</t>
@@ -170,155 +275,50 @@
     <t>CFC LA PROVIDENCE</t>
   </si>
   <si>
     <t>CS49028 146 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>02/01/2018</t>
   </si>
   <si>
     <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
   </si>
   <si>
     <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>10/11/1988</t>
   </si>
   <si>
     <t>UNION DES INDUSTRIES ET DES METIERS DE LA METALLURGIE</t>
   </si>
   <si>
     <t>56 AVENUE DE WAGRAM 75017 PARIS</t>
   </si>
   <si>
     <t>94.11Z</t>
-  </si>
-[...103 lines deleted...]
-    <t>01/10/2008</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -762,870 +762,870 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>48414887900014</v>
+        <v>34317059300101</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>82380214238</v>
+        <v>41570051957</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77566202600456</v>
+        <v>34317059300119</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>11750079275</v>
+        <v>41570051957</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77572845400049</v>
+        <v>34317059300135</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C5" s="2" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>11921813492</v>
+        <v>41570051957</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77572845400122</v>
+        <v>34317059300150</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>11921813492</v>
+        <v>41570051957</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77572845400205</v>
+        <v>34408659000041</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>11921813492</v>
+        <v>93131605713</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77572845400213</v>
+        <v>41121841500098</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>11921813492</v>
+        <v>52490135549</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77572845400221</v>
+        <v>41158137400013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>11921813492</v>
+        <v>82690535969</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78060963200051</v>
+        <v>41279079200029</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="G10" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="F10" s="2" t="s">
+      <c r="H10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G10" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="I10" s="3">
-        <v>32800193880</v>
+        <v>93840173884</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78184307300029</v>
+        <v>42156068100106</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>72330001233</v>
+        <v>43250224725</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78471719100018</v>
+        <v>42156068100122</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I12" s="3">
+        <v>43250224725</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>50943290200419</v>
+        <v>48414887900014</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>11757341275</v>
+        <v>82380214238</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51306046700059</v>
+        <v>50943290200419</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>57</v>
-      </c>
-[...5 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="I14" s="3">
-        <v>93131687213</v>
+        <v>11757341275</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>34317059300101</v>
+        <v>51306046700059</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>41570051957</v>
+        <v>93131687213</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>34317059300119</v>
+        <v>77566202600456</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>41570051957</v>
+        <v>11750079275</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>34317059300135</v>
+        <v>77572845400049</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G17" s="2"/>
+        <v>64</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I17" s="3">
-        <v>41570051957</v>
+        <v>11921813492</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>34317059300150</v>
+        <v>77572845400122</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I18" s="3">
-        <v>41570051957</v>
+        <v>11921813492</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41121841500098</v>
+        <v>77572845400205</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="I19" s="3">
-        <v>52490135549</v>
+        <v>11921813492</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>41158137400013</v>
+        <v>77572845400213</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="I20" s="3">
-        <v>82690535969</v>
+        <v>11921813492</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>41279079200029</v>
+        <v>77572845400221</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="I21" s="3">
-        <v>93840173884</v>
+        <v>11921813492</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>42156068100106</v>
+        <v>78060963200051</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D22" s="2"/>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>43250224725</v>
+        <v>32800193880</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>42156068100122</v>
+        <v>78184307300029</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="I23" s="3">
-        <v>43250224725</v>
+        <v>72330001233</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>34408659000041</v>
+        <v>78471719100018</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>86</v>
+        <v>64</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1638,31 +1638,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 14:34:24</dc:description>
+  <dc:description>Export en date du 02/02/2026 23:59:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>