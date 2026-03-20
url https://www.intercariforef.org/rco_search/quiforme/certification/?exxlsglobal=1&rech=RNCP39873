--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -202,51 +202,51 @@
   <si>
     <t>ABSKILL I</t>
   </si>
   <si>
     <t>ABSKILL</t>
   </si>
   <si>
     <t>PARC DE L ESTUAIRE AVENUE DU CANTIPOU 76700 HARFLEUR</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>EFIA</t>
   </si>
   <si>
     <t>88 RUE GRIGNAN 13001 MARSEILLE</t>
   </si>
   <si>
     <t>05/01/2021</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>ST ALBERT 33190 LAMOTHE-LANDERRON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>CFAI AFORP MOULINEAUX</t>
   </si>
   <si>
     <t>34 RUE BAUDIN 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>30/08/2024</t>
   </si>
   <si>
     <t>CFAI AFORP MANTES</t>
   </si>
   <si>
     <t>6 RUE CAMELINAT 78711 MANTES-LA-VILLE</t>
   </si>
@@ -1042,53 +1042,51 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>41279079200029</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>42156068100106</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1307,53 +1305,51 @@
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>77572845400049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>77572845400122</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>69</v>
@@ -1638,31 +1634,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 23:59:35</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:46:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>