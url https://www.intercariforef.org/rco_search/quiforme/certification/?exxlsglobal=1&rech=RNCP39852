--- v0 (2025-11-28)
+++ v1 (2026-01-16)
@@ -88,105 +88,105 @@
   <si>
     <t>11 RUE DU TRONQUET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE FORMATION CONTINUE CEPPIC</t>
   </si>
   <si>
     <t>194 RUE DE LA RONCE 76230 ISNEAUVILLE</t>
   </si>
   <si>
     <t>02/07/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>CAMPUS PRO</t>
+  </si>
+  <si>
+    <t>5 RUE DE L'INNOVATION 59260 LILLE</t>
+  </si>
+  <si>
+    <t>31/08/2003</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>141 RUE BERTHE MORISOT 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>2 RUE DE LILLE 59140 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>NICOMAK</t>
+  </si>
+  <si>
+    <t>2474 RTE DU LAC DE SAINT ANDRE 73800 PORTE-DE-SAVOIE</t>
+  </si>
+  <si>
+    <t>18/05/2009</t>
+  </si>
+  <si>
+    <t>ROYER ROBIN ASSOCIES</t>
+  </si>
+  <si>
+    <t>260 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATIONS SUPERIEURES DU GRAND OUEST</t>
   </si>
   <si>
     <t>CAMPUS EFFISCIENCE 1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
   </si>
   <si>
     <t>01/03/2017</t>
-  </si>
-[...46 lines deleted...]
-    <t>18/05/2009</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
   <si>
     <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/07/2018</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>03973165997</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -684,269 +684,269 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>28760539776</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>49047401200021</v>
+        <v>38937956100043</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>25140207514</v>
+        <v>31590270559</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38937956100043</v>
+        <v>38937956100050</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D5" s="2"/>
+        <v>24</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>31590270559</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38937956100050</v>
+        <v>38937956100068</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E6" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
         <v>31590270559</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38937956100068</v>
+        <v>51251157700011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>31590270559</v>
+        <v>82730137173</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>40122792100053</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="3">
         <v>91340385534</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51251157700011</v>
+        <v>49047401200021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>82730137173</v>
+        <v>25140207514</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84167697600019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>46</v>
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 09:43:58</dc:description>
+  <dc:description>Export en date du 01/16/2026 05:16:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>