--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -88,105 +88,105 @@
   <si>
     <t>11 RUE DU TRONQUET 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE FORMATION CONTINUE CEPPIC</t>
   </si>
   <si>
     <t>194 RUE DE LA RONCE 76230 ISNEAUVILLE</t>
   </si>
   <si>
     <t>02/07/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATIONS SUPERIEURES DU GRAND OUEST</t>
+  </si>
+  <si>
+    <t>CAMPUS EFFISCIENCE 1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/03/2017</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>CAMPUS PRO</t>
   </si>
   <si>
     <t>5 RUE DE L'INNOVATION 59260 LILLE</t>
   </si>
   <si>
     <t>31/08/2003</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>141 RUE BERTHE MORISOT 59000 LILLE</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>2 RUE DE LILLE 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
+    <t>ROYER ROBIN ASSOCIES</t>
+  </si>
+  <si>
+    <t>260 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>NICOMAK</t>
   </si>
   <si>
     <t>2474 RTE DU LAC DE SAINT ANDRE 73800 PORTE-DE-SAVOIE</t>
   </si>
   <si>
     <t>18/05/2009</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/03/2017</t>
   </si>
   <si>
     <t>LV CONSULTANTS</t>
   </si>
   <si>
     <t>4160 ROUTE DE MONTABO 97300 CAYENNE</t>
   </si>
   <si>
     <t>25/07/2018</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>03973165997</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -684,269 +684,269 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>28760539776</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38937956100043</v>
+        <v>49047401200021</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>31590270559</v>
+        <v>25140207514</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38937956100050</v>
+        <v>38937956100043</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>31590270559</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38937956100068</v>
+        <v>38937956100050</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
         <v>31590270559</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>51251157700011</v>
+        <v>38937956100068</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>28</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="I7" s="3">
-        <v>82730137173</v>
+        <v>31590270559</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>40122792100053</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="3">
         <v>91340385534</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49047401200021</v>
+        <v>51251157700011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>25140207514</v>
+        <v>82730137173</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84167697600019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>46</v>
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/16/2026 05:16:09</dc:description>
+  <dc:description>Export en date du 03/03/2026 13:01:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>