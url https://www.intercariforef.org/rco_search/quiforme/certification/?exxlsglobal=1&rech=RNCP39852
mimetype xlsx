--- v2 (2026-03-03)
+++ v3 (2026-03-03)
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/03/2026 13:01:19</dc:description>
+  <dc:description>Export en date du 03/03/2026 14:16:45</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>