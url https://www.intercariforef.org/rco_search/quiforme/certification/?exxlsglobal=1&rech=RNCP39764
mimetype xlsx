--- v0 (2025-12-15)
+++ v1 (2026-01-31)
@@ -79,183 +79,183 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
   </si>
   <si>
     <t>CCI FORMATION</t>
   </si>
   <si>
     <t>PLACE DES NATIONS UNIES 21000 DIJON</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>SCIENCES-U LYON</t>
+  </si>
+  <si>
+    <t>EDUCTIVE LYON</t>
+  </si>
+  <si>
+    <t>53 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/10/2002</t>
+  </si>
+  <si>
+    <t>INSTITUT FRANCAIS DES AFFAIRES</t>
+  </si>
+  <si>
+    <t>4 RUE SAINT-CHARLES 57000 METZ</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
     <t>SCIENCES-U LILLE</t>
   </si>
   <si>
     <t>159 161 163 BOULEVARD DE LA LIBERTE 59800 LILLE</t>
   </si>
   <si>
     <t>01/08/2017</t>
   </si>
   <si>
     <t>INSTITUT TECHNOLOGIES ET COMMUNICATION</t>
   </si>
   <si>
     <t>12 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
   </si>
   <si>
     <t>01/09/2000</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
+  </si>
+  <si>
+    <t>684 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>27/12/2021</t>
+  </si>
+  <si>
+    <t>29/07/2024</t>
+  </si>
+  <si>
+    <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>IMMEUBLE L'ENSOLEILLE BAT 5 405 CHEMIN DES PIBOULES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>28/08/2024</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VIDENUM</t>
+  </si>
+  <si>
+    <t>25/02/2019</t>
+  </si>
+  <si>
+    <t>ICAN - ECITV</t>
+  </si>
+  <si>
+    <t>64 RUE DU RANELAGH 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE COMMUNICATION PUBLICITE ET MARKETING DE LILLE</t>
+  </si>
+  <si>
+    <t>239 RUE DU JARDIN DES PLANTES 59000 LILLE</t>
+  </si>
+  <si>
+    <t>01/09/2010</t>
+  </si>
+  <si>
+    <t>ANAPIJ</t>
+  </si>
+  <si>
+    <t>ESGI</t>
+  </si>
+  <si>
+    <t>242 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
+  </si>
+  <si>
+    <t>01/02/2016</t>
+  </si>
+  <si>
     <t>DAC ITECOM</t>
   </si>
   <si>
     <t>VILLA BEATRICE 7 BOULEVARD PRINCE DE GALLES 06000 NICE</t>
   </si>
   <si>
     <t>18/02/2013</t>
-  </si>
-[...103 lines deleted...]
-    <t>01/11/2005</t>
   </si>
   <si>
     <t>FORMADU</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>37 RUE DU JARDIN PUBLIC 33000 BORDEAUX</t>
   </si>
   <si>
     <t>23/09/2024</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>NFSPRO</t>
   </si>
   <si>
     <t>10 RUE GENERAL SARRAIL 76000 ROUEN</t>
   </si>
@@ -744,624 +744,624 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>27210429021</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39955313000044</v>
+        <v>35176587000032</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>11922935992</v>
+        <v>82690820069</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>43332219500010</v>
+        <v>38480937200046</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>11753427375</v>
+        <v>41570090057</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>79127226300017</v>
+        <v>39955313000044</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I5" s="3">
-        <v>93060715406</v>
+        <v>11922935992</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>48874104200037</v>
+        <v>43332219500010</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2"/>
+      <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="G6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I6" s="3">
-        <v>11922781092</v>
+        <v>11753427375</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48874104200045</v>
+        <v>48874104200037</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3">
         <v>11922781092</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48874104200052</v>
+        <v>48874104200045</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I8" s="3">
         <v>11922781092</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>50876465100024</v>
+        <v>48874104200052</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I9" s="3">
-        <v>27210417621</v>
+        <v>11922781092</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>50876465100032</v>
+        <v>50876465100024</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I10" s="3">
         <v>27210417621</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>51953329300055</v>
+        <v>50876465100032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>11755668875</v>
+        <v>27210417621</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>51953329300063</v>
+        <v>51953329300055</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I12" s="3">
         <v>11755668875</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>52401867800010</v>
+        <v>51953329300063</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>51</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>53</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="I13" s="3">
-        <v>31590772759</v>
+        <v>11755668875</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>53145866900037</v>
+        <v>52401867800010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>11755669475</v>
+        <v>31590772759</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53145866900045</v>
+        <v>53145866900037</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="I15" s="3">
         <v>11755669475</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35176587000032</v>
+        <v>53145866900045</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I16" s="3">
-        <v>82690820069</v>
+        <v>11755669475</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38480937200046</v>
+        <v>79127226300017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="I17" s="3">
-        <v>41570090057</v>
+        <v>93060715406</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>85115160500058</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="I18" s="3">
         <v>11755929575</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
@@ -1398,143 +1398,143 @@
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>89056659900027</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="I20" s="3">
         <v>28760619476</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>91389810200011</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="I21" s="3">
         <v>93132059013</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>91389810200029</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>76</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I22" s="3">
         <v>93132059013</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1550,31 +1550,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 11:22:48</dc:description>
+  <dc:description>Export en date du 01/31/2026 16:30:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>