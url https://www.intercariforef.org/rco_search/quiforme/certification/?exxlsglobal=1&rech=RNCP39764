--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -73,234 +73,213 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
   </si>
   <si>
     <t>CCI FORMATION</t>
   </si>
   <si>
     <t>PLACE DES NATIONS UNIES 21000 DIJON</t>
   </si>
   <si>
     <t>01/02/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>SCIENCES-U LYON</t>
+  </si>
+  <si>
+    <t>EDUCTIVE LYON</t>
+  </si>
+  <si>
+    <t>53 COURS ALBERT THOMAS 69003 LYON</t>
+  </si>
+  <si>
+    <t>04/10/2002</t>
+  </si>
+  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>VRAI</t>
-[...13 lines deleted...]
-  <si>
     <t>INSTITUT FRANCAIS DES AFFAIRES</t>
   </si>
   <si>
     <t>4 RUE SAINT-CHARLES 57000 METZ</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
-    <t>SCIENCES-U LILLE</t>
-[...5 lines deleted...]
-    <t>01/08/2017</t>
+    <t>UNIVERIA</t>
+  </si>
+  <si>
+    <t>6 RUE IRVOY 38000 GRENOBLE</t>
+  </si>
+  <si>
+    <t>14/02/2014</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
   </si>
   <si>
     <t>INSTITUT TECHNOLOGIES ET COMMUNICATION</t>
   </si>
   <si>
     <t>12 RUE DU QUATRE SEPTEMBRE 75002 PARIS</t>
   </si>
   <si>
     <t>01/09/2000</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL DE L'ENSEIGNEMENT A DISTANCE</t>
   </si>
   <si>
-    <t>684 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
-[...7 lines deleted...]
-  <si>
     <t>85 AVENUE PIERRE GRENIER 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>IMMEUBLE L'ENSOLEILLE BAT 5 405 CHEMIN DES PIBOULES 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>28/08/2024</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>VIDENUM</t>
   </si>
   <si>
     <t>25/02/2019</t>
   </si>
   <si>
     <t>ICAN - ECITV</t>
   </si>
   <si>
     <t>64 RUE DU RANELAGH 75016 PARIS</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE COMMUNICATION PUBLICITE ET MARKETING DE LILLE</t>
   </si>
   <si>
     <t>239 RUE DU JARDIN DES PLANTES 59000 LILLE</t>
   </si>
   <si>
     <t>01/09/2010</t>
   </si>
   <si>
     <t>ANAPIJ</t>
   </si>
   <si>
-    <t>ESGI</t>
-[...7 lines deleted...]
-  <si>
     <t>DAC ITECOM</t>
   </si>
   <si>
     <t>VILLA BEATRICE 7 BOULEVARD PRINCE DE GALLES 06000 NICE</t>
   </si>
   <si>
     <t>18/02/2013</t>
   </si>
   <si>
     <t>FORMADU</t>
   </si>
   <si>
     <t>25/06/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>37 RUE DU JARDIN PUBLIC 33000 BORDEAUX</t>
   </si>
   <si>
     <t>23/09/2024</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
+    <t>50 AVENUE DE PONT-CHER 37200 TOURS</t>
+  </si>
+  <si>
+    <t>01/08/2025</t>
+  </si>
+  <si>
     <t>NFSPRO</t>
   </si>
   <si>
     <t>10 RUE GENERAL SARRAIL 76000 ROUEN</t>
   </si>
   <si>
     <t>13/05/2022</t>
   </si>
   <si>
     <t>SASU PAD</t>
   </si>
   <si>
     <t>ITECOM</t>
   </si>
   <si>
-    <t>50 RUE DU DOCT FERNAND AURIENTIS 13080 AIX EN PROVENCE</t>
-[...2 lines deleted...]
-    <t>19/05/2022</t>
+    <t>384 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>06/09/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>384 AVENUE DU CLUB HIPPIQUE 13090 AIX-EN-PROVENCE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -639,51 +618,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M22"/>
+  <dimension ref="A1:M20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -733,811 +712,729 @@
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
         <v>27210429021</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>35176587000032</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
         <v>82690820069</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>38480937200046</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3">
         <v>41570090057</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39955313000044</v>
+        <v>38768417800057</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>11922935992</v>
+        <v>82380084938</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>43332219500010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>11753427375</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>48874104200037</v>
+        <v>48874104200045</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
         <v>11922781092</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48874104200045</v>
+        <v>48874104200052</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I8" s="3">
         <v>11922781092</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48874104200052</v>
+        <v>50876465100024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>11922781092</v>
+        <v>27210417621</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="I10" s="3">
         <v>27210417621</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>50876465100032</v>
+        <v>51953329300055</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>27210417621</v>
+        <v>11755668875</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>51953329300055</v>
+        <v>51953329300063</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>51</v>
-      </c>
-[...5 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
         <v>11755668875</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>51953329300063</v>
+        <v>52401867800010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D13" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3">
-        <v>11755668875</v>
+        <v>31590772759</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>52401867800010</v>
+        <v>53145866900045</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>31590772759</v>
+        <v>11755669475</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53145866900037</v>
+        <v>79127226300017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I15" s="3">
-        <v>11755669475</v>
+        <v>93060715406</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>53145866900045</v>
+        <v>85115160500058</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="I16" s="3">
-        <v>11755669475</v>
+        <v>11755929575</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>79127226300017</v>
+        <v>85115160500066</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="I17" s="3">
-        <v>93060715406</v>
+        <v>11755929575</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>85115160500058</v>
+        <v>85115160500074</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="I18" s="3">
         <v>11755929575</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>85115160500066</v>
+        <v>89056659900027</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
       <c r="I19" s="3">
-        <v>11755929575</v>
+        <v>28760619476</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>89056659900027</v>
+        <v>91389810200029</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>28760619476</v>
+        <v>93132059013</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
-[...79 lines deleted...]
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1550,31 +1447,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/31/2026 16:30:27</dc:description>
+  <dc:description>Export en date du 03/17/2026 19:08:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>