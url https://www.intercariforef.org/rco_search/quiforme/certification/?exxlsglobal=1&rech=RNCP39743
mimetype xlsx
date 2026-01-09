--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -487,114 +487,114 @@
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE L'YONNE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 89000 AUXERRE</t>
   </si>
   <si>
     <t>04/11/2022</t>
   </si>
   <si>
     <t>2689P000489</t>
   </si>
   <si>
     <t>TERRITOIRE DE LA POLYNESIE FRANCAISE</t>
   </si>
   <si>
     <t>98714 PAPEETE</t>
   </si>
   <si>
     <t>06/09/1984</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
     <t>OPENCLASSROOMS</t>
   </si>
   <si>
     <t>2 COUR DE L'ILE LOUVIERS 75004 PARIS</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
   <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
   </si>
   <si>
     <t>149 B RUE DE TURLY 18000 BOURGES</t>
   </si>
   <si>
     <t>01/09/1980</t>
-  </si>
-[...22 lines deleted...]
-    <t>07/12/2024</t>
   </si>
   <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>EGC CENTRE EST</t>
   </si>
   <si>
     <t>80 RUE HENRI DE BOISSIEU 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
@@ -2458,330 +2458,330 @@
         <v>154</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>156</v>
       </c>
       <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>49386136300080</v>
+        <v>41058110200010</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>157</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I38" s="3">
-        <v>11755205675</v>
+        <v>72330424333</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>50876465100024</v>
+        <v>42417546100021</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I39" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>50876465100032</v>
+        <v>42417546100096</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="I40" s="3">
-        <v>27210417621</v>
+        <v>52440404744</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>30340844700033</v>
+        <v>49386136300080</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I41" s="3">
-        <v>22800001380</v>
+        <v>11755205675</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>30804972500036</v>
+        <v>50876465100024</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>169</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>170</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I42" s="3">
-        <v>24180039818</v>
+        <v>27210417621</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>41058110200010</v>
+        <v>50876465100032</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="I43" s="3">
-        <v>72330424333</v>
+        <v>27210417621</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42417546100021</v>
+        <v>30340844700033</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>46</v>
       </c>
       <c r="I44" s="3">
-        <v>52440404744</v>
+        <v>22800001380</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42417546100096</v>
+        <v>30804972500036</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I45" s="3">
-        <v>52440404744</v>
+        <v>24180039818</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>81751739400018</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D46" s="2"/>
@@ -3359,31 +3359,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 12:49:14</dc:description>
+  <dc:description>Export en date du 01/09/2026 07:50:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>