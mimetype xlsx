--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -14,260 +14,254 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CENTR'EUROPE DE FORMATION ROUTIERE</t>
+  </si>
+  <si>
+    <t>9 RUE DU DOCTEUR CHEVALLEREAU 85200 FONTENAY-LE-COMTE</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>SUD PREVENTION SECURITE</t>
+  </si>
+  <si>
+    <t>ESPACE BEOTOIT BASSAQUET 83140 SIX FOURS LES PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>COUNTY FRANCE TRAINING</t>
+  </si>
+  <si>
+    <t>AV 1ERE RUE -PORT FLUVIAL 59211 SANTES</t>
+  </si>
+  <si>
+    <t>19/11/2001</t>
+  </si>
+  <si>
+    <t>CATALA FORMATIONS</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA CONCORDE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/06/2013</t>
+  </si>
+  <si>
+    <t>GEYSER GPT EXPERTS EN SECURITE EDUCATION</t>
+  </si>
+  <si>
+    <t>12 SQUARE DU CHENE GERMAIN 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/05/2025</t>
+  </si>
+  <si>
+    <t>NANCY SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>153 RUE ANDRE BISIAUX 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>SARL GRECH BERNABO FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE ROND POINT 8 ROUTE DE LA SABLIERE 13011 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>AUTO ECOLE DE LA COMEDIE FORMATION PROFESSIONNELLE</t>
+  </si>
+  <si>
+    <t>8 RUE BOUSSAIROLLES 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>07/06/2007</t>
+  </si>
+  <si>
     <t>CENTRE D'EDUCATION &amp; SECURITE ROUTIERE</t>
   </si>
   <si>
     <t>55 BOULEVARD DES DROITS DE L'HOMME 69120 VAULX-EN-VELIN</t>
   </si>
   <si>
     <t>17/10/2016</t>
   </si>
   <si>
-    <t>85.53Z</t>
-[...7 lines deleted...]
-  <si>
     <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
   </si>
   <si>
     <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
   </si>
   <si>
     <t>04/02/1999</t>
   </si>
   <si>
     <t>ORAKIN SAS</t>
   </si>
   <si>
     <t>7 ROUTE DE WASSELONNE 67201 ECKBOLSHEIM</t>
   </si>
   <si>
     <t>27/10/2008</t>
   </si>
   <si>
     <t>FEU VERT</t>
   </si>
   <si>
     <t>218-228-CHATEAU BERSOL - BATIMENT 1 218 AVENUE DU HAUT LEVEQUE 33600 PESSAC</t>
   </si>
   <si>
     <t>09/02/2023</t>
   </si>
   <si>
-    <t>CATALA FORMATIONS</t>
-[...52 lines deleted...]
-  <si>
     <t>LYRE FORMATION</t>
   </si>
   <si>
     <t>5 RUE DES FRERES LUMIERE 78370 PLAISIR</t>
   </si>
   <si>
     <t>01/12/2017</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>EPSR - ETABLISSEMENT PROFESSIONNEL DE SECURITE ROUTIERE</t>
   </si>
   <si>
     <t>10 RUE DU BOIS GASSEAU 77210 SAMOREAU</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>LUSTO</t>
   </si>
   <si>
     <t>8 B RUE ABEL 75012 PARIS</t>
   </si>
   <si>
     <t>20/11/2019</t>
-  </si>
-[...25 lines deleted...]
-    <t>19/11/2001</t>
   </si>
   <si>
     <t>BS AUTO ECOLE NOAILLES</t>
   </si>
   <si>
     <t>12 RUE DE PARIS 60430 NOAILLES</t>
   </si>
   <si>
     <t>10/05/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -681,656 +675,654 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>31227281800195</v>
+        <v>38221742000076</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>82690043469</v>
+        <v>52850038985</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>31237926601221</v>
+        <v>39058913300128</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>54790001979</v>
+        <v>93131039813</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32159235400120</v>
+        <v>39400768600022</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>42670009767</v>
+        <v>31590308059</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>32358961400037</v>
+        <v>41148467800031</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>72330032733</v>
+        <v>73310278531</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41148467800031</v>
+        <v>44871354500037</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>73310278531</v>
+        <v>53350751935</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>44871354500011</v>
+        <v>45006319300020</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>53350751935</v>
+        <v>41540228854</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>45006319300020</v>
+        <v>47903629500067</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>41540228854</v>
+        <v>93131164413</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>47903629500067</v>
+        <v>49845726600019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I9" s="3">
-        <v>93131164413</v>
+        <v>91340642434</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>49845726600019</v>
+        <v>31227281800195</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>91340642434</v>
+        <v>82690043469</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>50412699600041</v>
+        <v>31237926601221</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>11788099878</v>
+        <v>54790001979</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>53767946600020</v>
+        <v>32159235400120</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>11770523577</v>
+        <v>42670009767</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78467149700385</v>
+        <v>32358961400037</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I13" s="3">
+        <v>72330032733</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80054216900027</v>
+        <v>50412699600041</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="I14" s="3">
-        <v>11755443375</v>
+        <v>11788099878</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38221742000076</v>
+        <v>53767946600020</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>52850038985</v>
+        <v>11770523577</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39058913300128</v>
+        <v>78467149700385</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>39400768600022</v>
+        <v>80054216900027</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>31590308059</v>
+        <v>11755443375</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89990929500011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>32600377660</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1362,31 +1354,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/26/2025 01:21:51</dc:description>
+  <dc:description>Export en date du 12/14/2025 12:35:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>