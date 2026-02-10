--- v1 (2025-12-14)
+++ v2 (2026-02-10)
@@ -58,68 +58,104 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CENTRE D'EDUCATION &amp; SECURITE ROUTIERE</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DES DROITS DE L'HOMME 69120 VAULX-EN-VELIN</t>
+  </si>
+  <si>
+    <t>17/10/2016</t>
+  </si>
+  <si>
+    <t>85.53Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ECOLE DE CONDUITE FRANCAISE COOPERATIVE D'EDUCATION ROUTIERE CENTRE ATLANTIQUE- E.C.F. CERCA</t>
+  </si>
+  <si>
+    <t>CHAVAGNE ROUTE DE LA MOTHE 79260 LA CRECHE</t>
+  </si>
+  <si>
+    <t>04/02/1999</t>
+  </si>
+  <si>
+    <t>ORAKIN SAS</t>
+  </si>
+  <si>
+    <t>7 ROUTE DE WASSELONNE 67201 ECKBOLSHEIM</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>FEU VERT</t>
+  </si>
+  <si>
+    <t>218-228-CHATEAU BERSOL - BATIMENT 1 218 AVENUE DU HAUT LEVEQUE 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>09/02/2023</t>
+  </si>
+  <si>
     <t>CENTR'EUROPE DE FORMATION ROUTIERE</t>
   </si>
   <si>
     <t>9 RUE DU DOCTEUR CHEVALLEREAU 85200 FONTENAY-LE-COMTE</t>
   </si>
   <si>
     <t>10/11/2005</t>
   </si>
   <si>
-    <t>85.53Z</t>
-[...7 lines deleted...]
-  <si>
     <t>SUD PREVENTION SECURITE</t>
   </si>
   <si>
     <t>ESPACE BEOTOIT BASSAQUET 83140 SIX FOURS LES PLAGES</t>
   </si>
   <si>
     <t>01/04/2015</t>
   </si>
   <si>
     <t>COUNTY FRANCE TRAINING</t>
   </si>
   <si>
     <t>AV 1ERE RUE -PORT FLUVIAL 59211 SANTES</t>
   </si>
   <si>
     <t>19/11/2001</t>
   </si>
   <si>
     <t>CATALA FORMATIONS</t>
   </si>
   <si>
     <t>1 PLACE DE LA CONCORDE 31000 TOULOUSE</t>
   </si>
   <si>
     <t>01/06/2013</t>
@@ -140,86 +176,50 @@
     <t>153 RUE ANDRE BISIAUX 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/09/2023</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>SARL GRECH BERNABO FORMATION</t>
   </si>
   <si>
     <t>IMMEUBLE LE ROND POINT 8 ROUTE DE LA SABLIERE 13011 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>AUTO ECOLE DE LA COMEDIE FORMATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>8 RUE BOUSSAIROLLES 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>07/06/2007</t>
-  </si>
-[...34 lines deleted...]
-    <t>09/02/2023</t>
   </si>
   <si>
     <t>LYRE FORMATION</t>
   </si>
   <si>
     <t>5 RUE DES FRERES LUMIERE 78370 PLAISIR</t>
   </si>
   <si>
     <t>01/12/2017</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>EPSR - ETABLISSEMENT PROFESSIONNEL DE SECURITE ROUTIERE</t>
   </si>
   <si>
     <t>10 RUE DU BOIS GASSEAU 77210 SAMOREAU</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
@@ -675,478 +675,478 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>38221742000076</v>
+        <v>31227281800195</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>52850038985</v>
+        <v>82690043469</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39058913300128</v>
+        <v>31237926601221</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>93131039813</v>
+        <v>54790001979</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39400768600022</v>
+        <v>32159235400120</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>31590308059</v>
+        <v>42670009767</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>41148467800031</v>
+        <v>32358961400037</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>73310278531</v>
+        <v>72330032733</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44871354500037</v>
+        <v>38221742000076</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>53350751935</v>
+        <v>52850038985</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45006319300020</v>
+        <v>39058913300128</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>41540228854</v>
+        <v>93131039813</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>47903629500067</v>
+        <v>39400768600022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>93131164413</v>
+        <v>31590308059</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>49845726600019</v>
+        <v>41148467800031</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>91340642434</v>
+        <v>73310278531</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31227281800195</v>
+        <v>44871354500037</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>82690043469</v>
+        <v>53350751935</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31237926601221</v>
+        <v>45006319300020</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I11" s="3">
-        <v>54790001979</v>
+        <v>41540228854</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32159235400120</v>
+        <v>47903629500067</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>42670009767</v>
+        <v>93131164413</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32358961400037</v>
+        <v>49845726600019</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>47</v>
       </c>
       <c r="I13" s="3">
-        <v>72330032733</v>
+        <v>91340642434</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>50412699600041</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
@@ -1245,51 +1245,51 @@
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>80054216900027</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="I17" s="3">
         <v>11755443375</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>89990929500011</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
@@ -1354,31 +1354,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 12:35:56</dc:description>
+  <dc:description>Export en date du 02/10/2026 18:06:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>