--- v0 (2025-10-15)
+++ v1 (2026-02-08)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES MINISTERE TRAVAIL, SANTE, SOLIDARITE, FAMILLES, CHARGE SANTE ACCES SOINS</t>
+    <t>MINISTERE DE LA SANTE, DES FAMILLES, DE L’AUTONOMIE ET DES PERSONNES HANDICAPEES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LYCEE GEN ET TECHNOLOGIQU ROBERT SCHUMAN</t>
   </si>
   <si>
     <t>GRETA LORRAINE NORD</t>
   </si>
   <si>
     <t>4 RUE MONSEIGNEUR PELT 57070 METZ</t>
   </si>
   <si>
     <t>01/01/1989</t>
   </si>
@@ -184,108 +184,108 @@
   <si>
     <t>CENTRE HOSPITALIER REGIONAL UNIVERSITAIRE DE TOURS</t>
   </si>
   <si>
     <t>CHRU BRETONNEAU TOURS</t>
   </si>
   <si>
     <t>2 BOULEVARD TONNELLE 37000 TOURS</t>
   </si>
   <si>
     <t>2437P002037</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>2 RUE MANSART 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/12/1984</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
+    <t>CENTRE HOSPITAL REGION METZ THIONVILLE</t>
+  </si>
+  <si>
+    <t>CTRE FORMATION PREPA PHARMACIE HOSPITALIERE</t>
+  </si>
+  <si>
+    <t>LYCEE ROBERT SCHUMANN 20 RUE DE BELLETANCHE 57070 METZ</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE DE LILLE</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION PARAMEDICALE</t>
+  </si>
+  <si>
+    <t>INSTITUT GERNEZ-RIEUX 2 AVENUE OSCAR LAMBRET 59000 LILLE</t>
+  </si>
+  <si>
+    <t>10/12/1984</t>
+  </si>
+  <si>
+    <t>3159P001259</t>
+  </si>
+  <si>
     <t>HOSPICES CIVILS DE LYON</t>
   </si>
   <si>
     <t>CFPPH</t>
   </si>
   <si>
     <t>BATIMENT A 162 AVENUE LACASSAGNE 69003 LYON</t>
   </si>
   <si>
     <t>8269P470869</t>
   </si>
   <si>
     <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
   </si>
   <si>
     <t>ECOLE INFIRM. HOPIT.PITIE SALPETRIERE</t>
   </si>
   <si>
     <t>47 BOULEVARD DE L'HOPITAL 75013 PARIS</t>
   </si>
   <si>
     <t>10/10/1990</t>
   </si>
   <si>
     <t>1175P015675</t>
   </si>
   <si>
     <t>55 BOULEVARD DIDEROT 75012 PARIS</t>
   </si>
   <si>
     <t>12/09/2022</t>
-  </si>
-[...25 lines deleted...]
-    <t>3159P001259</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1037,227 +1037,227 @@
       <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>26690027300175</v>
+        <v>26570280300502</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>29</v>
+        <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="I11" s="3" t="s">
-        <v>59</v>
+      <c r="I11" s="3">
+        <v>41570260157</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>26750045201076</v>
+        <v>26590671900207</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="3" t="s">
         <v>64</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>26750045201928</v>
+        <v>26690027300175</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>65</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>66</v>
+      </c>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>29</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>26570280300502</v>
+        <v>26750045201076</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D14" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="I14" s="3">
-        <v>41570260157</v>
+      <c r="I14" s="3" t="s">
+        <v>73</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>26590671900207</v>
+        <v>26750045201928</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1282,31 +1282,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 13:13:26</dc:description>
+  <dc:description>Export en date du 02/08/2026 05:47:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>