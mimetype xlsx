--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -1282,31 +1282,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 05:47:28</dc:description>
+  <dc:description>Export en date du 03/25/2026 08:44:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>