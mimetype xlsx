--- v0 (2025-12-16)
+++ v1 (2026-02-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -119,53 +119,50 @@
     <t>01/01/2014</t>
   </si>
   <si>
     <t>UNIVERSITE COTE D'AZUR</t>
   </si>
   <si>
     <t>GRAND CHATEAU 28 AVENUE VALROSE 06100 NICE</t>
   </si>
   <si>
     <t>26/07/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE BREST BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>3 RUE MATTHIEU GALLOU 29200 BREST</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>01/03/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>5329P003029</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE II</t>
   </si>
   <si>
     <t>5 ALLEE ANTONIO MACHADO 31100 TOULOUSE</t>
   </si>
   <si>
     <t>7331P001531</t>
   </si>
   <si>
     <t>UNIVERSITE MONTPELLIER III PAUL VALERY</t>
   </si>
   <si>
     <t>ROUTE DE MENDE 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>UNIVERSITE LUMIERE LYON 2</t>
   </si>
   <si>
     <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
   </si>
@@ -784,260 +781,258 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>19290346600014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19311383400017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>19341089100017</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I9" s="3" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>93249089900014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3">
         <v>76341356134</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>94129831700012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
         <v>53291016929</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
@@ -1076,31 +1071,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 10:17:52</dc:description>
+  <dc:description>Export en date du 02/18/2026 19:16:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>