--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -136,231 +136,231 @@
   <si>
     <t>17 VOIE ROMAINE 71640 MERCUREY</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>LIBERTE FORMATION</t>
+  </si>
+  <si>
+    <t>15/17 15 RUE DE LA LIBERTE 06000 NICE</t>
+  </si>
+  <si>
+    <t>23/10/2009</t>
+  </si>
+  <si>
+    <t>ALTERNANCE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>08/01/2011</t>
+  </si>
+  <si>
+    <t>ZAC DE L HORBETOUX 1 L HORBETOUX 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>17/04/2023</t>
+  </si>
+  <si>
+    <t>ESPACE FORMATION DES TECHNIQUES INFORMATIQUES INDUSTRIELLES ET COMMERCIALES</t>
+  </si>
+  <si>
+    <t>531 RUE DE LA PERONNIERE 42320 LA GRAND-CROIX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ESCCOT GROUPE-EFIP</t>
+  </si>
+  <si>
+    <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>HORIZON REUNION</t>
+  </si>
+  <si>
+    <t>CFA HORIZON REUNION</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD MICHEL DEBRE 97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>01/08/2007</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>T.M.K. PERFORMANCES</t>
+  </si>
+  <si>
+    <t>16 ALLEE DU CHATEAU BLANC 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>ILEC CANNES</t>
+  </si>
+  <si>
+    <t>10 RUE MOZART 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>14 RUE DE LANCRY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/2010</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>SAS L'ACADEMIE DE MANAGEMENT</t>
+  </si>
+  <si>
+    <t>COMMERCES DU PIN DE LA LEGUE 2740 ROUTE DEPARTEMENTALE 4 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>03/07/2017</t>
+  </si>
+  <si>
     <t>ESCCOT GROUPE-SOGESTE</t>
   </si>
   <si>
-    <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
-[...4 lines deleted...]
-  <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ILEC NICE</t>
   </si>
   <si>
     <t>12 BOULEVARD DUBOUCHAGE 06000 NICE</t>
   </si>
   <si>
     <t>01/07/1994</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...40 lines deleted...]
-  <si>
     <t>LA PRADETTE</t>
   </si>
   <si>
     <t>INSTITUT ROUSSEAU</t>
   </si>
   <si>
     <t>5 RUE DE LA PASSERELLE 31200 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>LA PRADETTE ECOLE DE LA PRADETTE</t>
   </si>
   <si>
     <t>6 RUE PIERRE CAZENEUVE 31200 TOULOUSE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>ECOLE SUP LIBRE SCIENC COM APPLIQUEES</t>
   </si>
   <si>
     <t>11 RUE DE CAMBRAI 75019 PARIS</t>
   </si>
   <si>
     <t>07/06/2019</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>3-5 3 PLACE DU VILLAGE DES BARBANNIERS 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>23/12/2020</t>
   </si>
   <si>
     <t>07/10/2024</t>
-  </si>
-[...70 lines deleted...]
-    <t>03/07/2017</t>
   </si>
   <si>
     <t>INSTITUT EUROPEEN DES AFFAIRES</t>
   </si>
   <si>
     <t>IEA</t>
   </si>
   <si>
     <t>64 AVENUE ANDRE MORIZET 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
   <si>
     <t>VOLTAIRE BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>41 AVENUE DU JURA 01210 FERNEY-VOLTAIRE</t>
   </si>
   <si>
     <t>27/02/2018</t>
   </si>
   <si>
     <t>SAS MOLERA FORMATION</t>
   </si>
@@ -1293,828 +1293,828 @@
       <c r="F13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39044285300045</v>
+        <v>51524493700022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D14" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>53350974435</v>
+        <v>93060651706</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39851238400015</v>
+        <v>45270314300035</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>47</v>
+        <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>93060304606</v>
+        <v>52440442544</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>41967025200024</v>
+        <v>45270314300084</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I16" s="3">
-        <v>82420114142</v>
+        <v>52440442544</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42284649300035</v>
+        <v>41967025200024</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>53350974535</v>
+        <v>82420114142</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>45270314300035</v>
+        <v>42284649300035</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D18" s="2"/>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I18" s="3">
-        <v>52440442544</v>
+        <v>53350974535</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>45270314300084</v>
+        <v>48120825400021</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>52440442544</v>
+        <v>98970331997</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48120825400021</v>
+        <v>48832827900069</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D20" s="2" t="s">
         <v>58</v>
       </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>25</v>
+        <v>61</v>
       </c>
       <c r="I20" s="3">
-        <v>98970331997</v>
+        <v>54790080179</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77682543200037</v>
+        <v>48953429700077</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D21" s="2" t="s">
         <v>62</v>
       </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="I21" s="3">
-        <v>73310001231</v>
+        <v>42680169768</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77682543200052</v>
+        <v>49841924100035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>73310001231</v>
+        <v>31590664559</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78430830600074</v>
+        <v>53540767000012</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>43</v>
+        <v>72</v>
       </c>
       <c r="I23" s="3">
-        <v>11750150775</v>
+        <v>93060695906</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>80389525900023</v>
+        <v>52840171400027</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D24" s="2" t="s">
         <v>73</v>
       </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="G24" s="2" t="s">
+      <c r="G24" s="2"/>
+      <c r="H24" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="H24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I24" s="3">
-        <v>11922686592</v>
+        <v>11754650175</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>52840171400027</v>
+        <v>83138093600011</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="D25" s="2"/>
+      <c r="D25" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="E25" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>11754650175</v>
+        <v>93830539283</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>53540767000012</v>
+        <v>39044285300045</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>80</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>82</v>
+        <v>52</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>83</v>
+        <v>53</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I26" s="3">
-        <v>93060695906</v>
+        <v>53350974435</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>51524493700022</v>
+        <v>39851238400015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="I27" s="3">
-        <v>93060651706</v>
+        <v>93060304606</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48832827900069</v>
+        <v>77682543200037</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D28" s="2"/>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="I28" s="3">
-        <v>54790080179</v>
+        <v>73310001231</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>48953429700077</v>
+        <v>77682543200052</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="E29" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>91</v>
-      </c>
-[...5 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>94</v>
+        <v>81</v>
       </c>
       <c r="I29" s="3">
-        <v>42680169768</v>
+        <v>73310001231</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>49841924100035</v>
+        <v>78430830600074</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="I30" s="3">
-        <v>31590664559</v>
+        <v>11750150775</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>83138093600011</v>
+        <v>80389525900023</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="F31" s="2" t="s">
+      <c r="G31" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="I31" s="3">
-        <v>93830539283</v>
+        <v>11922686592</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83431438700038</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="I32" s="3">
         <v>11922594692</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>83806328700018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>43</v>
+        <v>81</v>
       </c>
       <c r="I33" s="3">
         <v>84010197901</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>90254027700016</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>90</v>
+        <v>61</v>
       </c>
       <c r="I34" s="3">
         <v>93840443584</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>90262252100042</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
@@ -2146,51 +2146,51 @@
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>94992274400022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="I36" s="3">
         <v>76300545630</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>97930468000023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2255,31 +2255,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 11:21:44</dc:description>
+  <dc:description>Export en date du 12/02/2025 00:47:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>