--- v1 (2025-12-01)
+++ v2 (2026-01-19)
@@ -136,231 +136,231 @@
   <si>
     <t>17 VOIE ROMAINE 71640 MERCUREY</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>T.M.K. PERFORMANCES</t>
+  </si>
+  <si>
+    <t>16 ALLEE DU CHATEAU BLANC 59290 WASQUEHAL</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>ALTERNANCE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>08/01/2011</t>
+  </si>
+  <si>
+    <t>ZAC DE L HORBETOUX 1 L HORBETOUX 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>17/04/2023</t>
+  </si>
+  <si>
     <t>LIBERTE FORMATION</t>
   </si>
   <si>
     <t>15/17 15 RUE DE LA LIBERTE 06000 NICE</t>
   </si>
   <si>
     <t>23/10/2009</t>
   </si>
   <si>
-    <t>ALTERNANCE PAYS DE LA LOIRE</t>
-[...11 lines deleted...]
-    <t>17/04/2023</t>
+    <t>ILEC NICE</t>
+  </si>
+  <si>
+    <t>12 BOULEVARD DUBOUCHAGE 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/07/1994</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
   </si>
   <si>
     <t>ESPACE FORMATION DES TECHNIQUES INFORMATIQUES INDUSTRIELLES ET COMMERCIALES</t>
   </si>
   <si>
     <t>531 RUE DE LA PERONNIERE 42320 LA GRAND-CROIX</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>ESCCOT GROUPE-EFIP</t>
   </si>
   <si>
     <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
+    <t>ESCCOT GROUPE-SOGESTE</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>LA PRADETTE</t>
+  </si>
+  <si>
+    <t>INSTITUT ROUSSEAU</t>
+  </si>
+  <si>
+    <t>5 RUE DE LA PASSERELLE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/01/2009</t>
+  </si>
+  <si>
+    <t>LA PRADETTE ECOLE DE LA PRADETTE</t>
+  </si>
+  <si>
+    <t>6 RUE PIERRE CAZENEUVE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>ECOLE SUP LIBRE SCIENC COM APPLIQUEES</t>
+  </si>
+  <si>
+    <t>11 RUE DE CAMBRAI 75019 PARIS</t>
+  </si>
+  <si>
+    <t>07/06/2019</t>
+  </si>
+  <si>
     <t>HORIZON REUNION</t>
   </si>
   <si>
     <t>CFA HORIZON REUNION</t>
   </si>
   <si>
     <t>4 BOULEVARD MICHEL DEBRE 97430 LE TAMPON</t>
   </si>
   <si>
     <t>01/08/2007</t>
   </si>
   <si>
     <t>ALTERNANCE SEVRE ET VIENNE</t>
   </si>
   <si>
     <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>STK</t>
   </si>
   <si>
     <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>T.M.K. PERFORMANCES</t>
-[...5 lines deleted...]
-    <t>26/01/2022</t>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>14 RUE DE LANCRY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/2010</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
   </si>
   <si>
     <t>ILEC CANNES</t>
   </si>
   <si>
     <t>10 RUE MOZART 06400 CANNES</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...11 lines deleted...]
-    <t>85.31Z</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>PROPULS'UP</t>
+  </si>
+  <si>
+    <t>EBM BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>3-5 3 PLACE DU VILLAGE DES BARBANNIERS 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>23/12/2020</t>
+  </si>
+  <si>
+    <t>07/10/2024</t>
   </si>
   <si>
     <t>SAS L'ACADEMIE DE MANAGEMENT</t>
   </si>
   <si>
     <t>COMMERCES DU PIN DE LA LEGUE 2740 ROUTE DEPARTEMENTALE 4 83600 FREJUS</t>
   </si>
   <si>
     <t>03/07/2017</t>
-  </si>
-[...61 lines deleted...]
-    <t>07/10/2024</t>
   </si>
   <si>
     <t>INSTITUT EUROPEEN DES AFFAIRES</t>
   </si>
   <si>
     <t>IEA</t>
   </si>
   <si>
     <t>64 AVENUE ANDRE MORIZET 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
   <si>
     <t>VOLTAIRE BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>41 AVENUE DU JURA 01210 FERNEY-VOLTAIRE</t>
   </si>
   <si>
     <t>27/02/2018</t>
   </si>
   <si>
     <t>SAS MOLERA FORMATION</t>
   </si>
@@ -1293,80 +1293,80 @@
       <c r="F13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51524493700022</v>
+        <v>49841924100035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>93060651706</v>
+        <v>31590664559</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>45270314300035</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
@@ -1404,717 +1404,717 @@
       <c r="F16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I16" s="3">
         <v>52440442544</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41967025200024</v>
+        <v>51524493700022</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>82420114142</v>
+        <v>93060651706</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42284649300035</v>
+        <v>39851238400015</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="I18" s="3">
-        <v>53350974535</v>
+        <v>93060304606</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>48120825400021</v>
+        <v>41967025200024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="D19" s="2" t="s">
         <v>55</v>
       </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>98970331997</v>
+        <v>82420114142</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48832827900069</v>
+        <v>42284649300035</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D20" s="2"/>
+      <c r="D20" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>54790080179</v>
+        <v>53350974535</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>48953429700077</v>
+        <v>39044285300045</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E21" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="I21" s="3">
-        <v>42680169768</v>
+        <v>53350974435</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>49841924100035</v>
+        <v>77682543200037</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>66</v>
-      </c>
-[...5 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="I22" s="3">
-        <v>31590664559</v>
+        <v>73310001231</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>53540767000012</v>
+        <v>77682543200052</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>69</v>
-      </c>
-[...5 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="I23" s="3">
-        <v>93060695906</v>
+        <v>73310001231</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>52840171400027</v>
+        <v>78430830600074</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="I24" s="3">
-        <v>11754650175</v>
+        <v>11750150775</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>83138093600011</v>
+        <v>48120825400021</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>93830539283</v>
+        <v>98970331997</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>39044285300045</v>
+        <v>48832827900069</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>52</v>
+        <v>78</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I26" s="3">
-        <v>53350974435</v>
+        <v>54790080179</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>39851238400015</v>
+        <v>48953429700077</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="I27" s="3">
-        <v>93060304606</v>
+        <v>42680169768</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>77682543200037</v>
+        <v>52840171400027</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="E28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I28" s="3">
-        <v>73310001231</v>
+        <v>11754650175</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>77682543200052</v>
+        <v>53540767000012</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D29" s="2" t="s">
         <v>89</v>
       </c>
+      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="I29" s="3">
-        <v>73310001231</v>
+        <v>93060695906</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78430830600074</v>
+        <v>80389525900023</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>92</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="G30" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>97</v>
+      </c>
       <c r="H30" s="2" t="s">
-        <v>81</v>
+        <v>54</v>
       </c>
       <c r="I30" s="3">
-        <v>11750150775</v>
+        <v>11922686592</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>80389525900023</v>
+        <v>83138093600011</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="G31" s="2" t="s">
         <v>100</v>
       </c>
+      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
       <c r="I31" s="3">
-        <v>11922686592</v>
+        <v>93830539283</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83431438700038</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="I32" s="3">
         <v>11922594692</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>83806328700018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>81</v>
+        <v>62</v>
       </c>
       <c r="I33" s="3">
         <v>84010197901</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>90254027700016</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="I34" s="3">
         <v>93840443584</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>90262252100042</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
@@ -2146,51 +2146,51 @@
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>94992274400022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="I36" s="3">
         <v>76300545630</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>97930468000023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2255,31 +2255,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 00:47:29</dc:description>
+  <dc:description>Export en date du 01/19/2026 15:52:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>