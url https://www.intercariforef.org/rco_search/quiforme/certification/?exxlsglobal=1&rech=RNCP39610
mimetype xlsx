--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -136,231 +136,231 @@
   <si>
     <t>17 VOIE ROMAINE 71640 MERCUREY</t>
   </si>
   <si>
     <t>01/10/2021</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ESCCOT GROUPE-SOGESTE</t>
+  </si>
+  <si>
+    <t>11 RUE DES CHARMILLES 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>SAS L'ACADEMIE DE MANAGEMENT</t>
+  </si>
+  <si>
+    <t>COMMERCES DU PIN DE LA LEGUE 2740 ROUTE DEPARTEMENTALE 4 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>03/07/2017</t>
+  </si>
+  <si>
+    <t>ILEC CANNES</t>
+  </si>
+  <si>
+    <t>10 RUE MOZART 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>ILEC NICE</t>
+  </si>
+  <si>
+    <t>12 BOULEVARD DUBOUCHAGE 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/07/1994</t>
+  </si>
+  <si>
+    <t>ESPACE FORMATION DES TECHNIQUES INFORMATIQUES INDUSTRIELLES ET COMMERCIALES</t>
+  </si>
+  <si>
+    <t>531 RUE DE LA PERONNIERE 42320 LA GRAND-CROIX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ESCCOT GROUPE-EFIP</t>
+  </si>
+  <si>
+    <t>ALTERNANCE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>ESPACE PERFORMANCE LA FLEURIAYE AVENUE DU PROFESSEUR JEAN ROUXEL 44470 CARQUEFOU</t>
+  </si>
+  <si>
+    <t>08/01/2011</t>
+  </si>
+  <si>
+    <t>ZAC DE L HORBETOUX 1 L HORBETOUX 85000 ROCHE SUR YON (LA)</t>
+  </si>
+  <si>
+    <t>17/04/2023</t>
+  </si>
+  <si>
+    <t>HORIZON REUNION</t>
+  </si>
+  <si>
+    <t>CFA HORIZON REUNION</t>
+  </si>
+  <si>
+    <t>4 BOULEVARD MICHEL DEBRE 97430 LE TAMPON</t>
+  </si>
+  <si>
+    <t>01/08/2007</t>
+  </si>
+  <si>
+    <t>ALTERNANCE SEVRE ET VIENNE</t>
+  </si>
+  <si>
+    <t>12 RUE DE L'ANGELIQUE 79000 BESSINES</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>T.M.K. PERFORMANCES</t>
   </si>
   <si>
     <t>16 ALLEE DU CHATEAU BLANC 59290 WASQUEHAL</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
   <si>
-    <t>ALTERNANCE PAYS DE LA LOIRE</t>
-[...13 lines deleted...]
-  <si>
     <t>LIBERTE FORMATION</t>
   </si>
   <si>
     <t>15/17 15 RUE DE LA LIBERTE 06000 NICE</t>
   </si>
   <si>
     <t>23/10/2009</t>
   </si>
   <si>
-    <t>ILEC NICE</t>
-[...32 lines deleted...]
-    <t>85.42Z</t>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>14 RUE DE LANCRY 75010 PARIS</t>
+  </si>
+  <si>
+    <t>20/12/2010</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
   </si>
   <si>
     <t>LA PRADETTE</t>
   </si>
   <si>
     <t>INSTITUT ROUSSEAU</t>
   </si>
   <si>
     <t>5 RUE DE LA PASSERELLE 31200 TOULOUSE</t>
   </si>
   <si>
     <t>01/01/2009</t>
   </si>
   <si>
     <t>LA PRADETTE ECOLE DE LA PRADETTE</t>
   </si>
   <si>
     <t>6 RUE PIERRE CAZENEUVE 31200 TOULOUSE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>ECOLE SUP LIBRE SCIENC COM APPLIQUEES</t>
   </si>
   <si>
     <t>11 RUE DE CAMBRAI 75019 PARIS</t>
   </si>
   <si>
     <t>07/06/2019</t>
   </si>
   <si>
-    <t>HORIZON REUNION</t>
-[...55 lines deleted...]
-  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>PROPULS'UP</t>
   </si>
   <si>
     <t>EBM BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>3-5 3 PLACE DU VILLAGE DES BARBANNIERS 92230 GENNEVILLIERS</t>
   </si>
   <si>
     <t>23/12/2020</t>
   </si>
   <si>
     <t>07/10/2024</t>
-  </si>
-[...7 lines deleted...]
-    <t>03/07/2017</t>
   </si>
   <si>
     <t>INSTITUT EUROPEEN DES AFFAIRES</t>
   </si>
   <si>
     <t>IEA</t>
   </si>
   <si>
     <t>64 AVENUE ANDRE MORIZET 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
   <si>
     <t>VOLTAIRE BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>41 AVENUE DU JURA 01210 FERNEY-VOLTAIRE</t>
   </si>
   <si>
     <t>27/02/2018</t>
   </si>
   <si>
     <t>SAS MOLERA FORMATION</t>
   </si>
@@ -1293,832 +1293,828 @@
       <c r="F13" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>49841924100035</v>
+        <v>39044285300045</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E14" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="I14" s="3">
-        <v>31590664559</v>
+        <v>53350974435</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>45270314300035</v>
+        <v>83138093600011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>44</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>52440442544</v>
+        <v>93830539283</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>45270314300084</v>
+        <v>53540767000012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I16" s="3">
-        <v>52440442544</v>
+        <v>93060695906</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>51524493700022</v>
+        <v>39851238400015</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="I17" s="3">
-        <v>93060651706</v>
+        <v>93060304606</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39851238400015</v>
+        <v>41967025200024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>54</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3">
-        <v>93060304606</v>
+        <v>82420114142</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41967025200024</v>
+        <v>42284649300035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>82420114142</v>
+        <v>53350974535</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42284649300035</v>
+        <v>45270314300035</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="D20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>53350974535</v>
+        <v>52440442544</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39044285300045</v>
+        <v>45270314300084</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D21" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>53350974435</v>
+        <v>52440442544</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77682543200037</v>
+        <v>48120825400021</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>62</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>73310001231</v>
+        <v>98970331997</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77682543200052</v>
+        <v>48832827900069</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D23" s="2" t="s">
         <v>67</v>
       </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="I23" s="3">
-        <v>73310001231</v>
+        <v>54790080179</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78430830600074</v>
+        <v>48953429700077</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="I24" s="3">
-        <v>11750150775</v>
+        <v>42680169768</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>48120825400021</v>
+        <v>49841924100035</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>98970331997</v>
+        <v>31590664559</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48832827900069</v>
+        <v>51524493700022</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>80</v>
+        <v>25</v>
       </c>
       <c r="I26" s="3">
-        <v>54790080179</v>
+        <v>93060651706</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>48953429700077</v>
+        <v>52840171400027</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>82</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="I27" s="3">
-        <v>42680169768</v>
+        <v>11754650175</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>52840171400027</v>
+        <v>77682543200037</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D28" s="2"/>
+      <c r="D28" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="E28" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>88</v>
+        <v>43</v>
       </c>
       <c r="I28" s="3">
-        <v>11754650175</v>
+        <v>73310001231</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>53540767000012</v>
+        <v>77682543200052</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D29" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="I29" s="3">
-        <v>93060695906</v>
+        <v>73310001231</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>80389525900023</v>
+        <v>78430830600074</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="C30" s="2" t="s">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="E30" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="I30" s="3">
-        <v>11922686592</v>
+        <v>11750150775</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>83138093600011</v>
+        <v>80389525900023</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E31" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="2" t="s">
+      <c r="F31" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="F31" s="2" t="s">
+      <c r="G31" s="2" t="s">
         <v>100</v>
       </c>
-      <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>19</v>
+        <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>83431438700038</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="I32" s="3">
         <v>11922594692</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>83806328700018</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="I33" s="3">
         <v>84010197901</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>90254027700016</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H34" s="2" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>90262252100042</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
@@ -2146,51 +2142,51 @@
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>94992274400022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>115</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>116</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="I36" s="3">
         <v>76300545630</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>39</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>97930468000023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2255,31 +2251,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/19/2026 15:52:30</dc:description>
+  <dc:description>Export en date du 03/07/2026 15:46:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>