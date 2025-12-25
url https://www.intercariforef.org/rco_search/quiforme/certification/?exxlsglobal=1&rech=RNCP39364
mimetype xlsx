--- v0 (2025-11-05)
+++ v1 (2025-12-25)
@@ -130,84 +130,84 @@
   <si>
     <t>17/03/1992</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>5479P000279</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE ET INDUSTRIE MARTINIQUE</t>
   </si>
   <si>
     <t>SERVICE FORMATION CCI DE MARTINIQUE</t>
   </si>
   <si>
     <t>CASE NAVIRE-RAVINE TOUZA RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>9797P000897</t>
   </si>
   <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
-  </si>
-[...7 lines deleted...]
-    <t>07/12/2024</t>
   </si>
   <si>
     <t>EUROPHENIX</t>
   </si>
   <si>
     <t>150 RUE NICOLAS-LOUIS VAUQUELIN 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/02/2019</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>CAMPUS RAMBOUILLET 44 RUE RAYMOND PATENOTRE 78120 RAMBOUILLET</t>
   </si>
@@ -834,191 +834,191 @@
       <c r="F5" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>37</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38980220800014</v>
+        <v>42417546100096</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I6" s="3">
-        <v>72470033047</v>
+        <v>52440404744</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78128367600018</v>
+        <v>38980220800014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3">
-        <v>54170000117</v>
+        <v>72470033047</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41058110200010</v>
+        <v>78128367600018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I8" s="3">
-        <v>72330424333</v>
+        <v>54170000117</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42417546100096</v>
+        <v>41058110200010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I9" s="3">
-        <v>52440404744</v>
+        <v>72330424333</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>84841782000018</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>31</v>
@@ -1371,31 +1371,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 17:19:13</dc:description>
+  <dc:description>Export en date du 12/25/2025 11:24:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>