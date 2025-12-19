--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -91,51 +91,51 @@
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE OUEST NORMANDIE</t>
   </si>
   <si>
     <t>FIM - ENSEIGNEMENT FORMATION</t>
   </si>
   <si>
     <t>68 RUE JEAN MONNET 50400 GRANVILLE</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HIPPOLYTE FONTAINE</t>
   </si>
   <si>
     <t>GRETA 21</t>
   </si>
   <si>
     <t>20 BOULEVARD VOLTAIRE 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
@@ -289,246 +289,267 @@
   <si>
     <t>RUE DE LA PRUNELLE 22190 PLERIN</t>
   </si>
   <si>
     <t>01/01/1993</t>
   </si>
   <si>
     <t>ZAC DE KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
+    <t>ASS TOURQUENNOISE DE GESTION DE L'EIC</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION AREP 14 RUE DE L'ALMA 59200 TOURCOING</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>AFPI EURE SEINE ESTUAIRE</t>
+  </si>
+  <si>
+    <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>GESTION CTRE FORMA APPR INDUS PROVENCE</t>
+  </si>
+  <si>
+    <t>ZAC DE TRIGANCE 8 CHEMIN DE CAPEAU 13800 ISTRES</t>
+  </si>
+  <si>
+    <t>01/10/2008</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
+  </si>
+  <si>
+    <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>AFPI PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>44 BOULEVARD DES LOGES 53940 SAINT-BERTHEVIN</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>1 RUE DU RIBAY 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/07/2008</t>
+  </si>
+  <si>
+    <t>AFPI INSERTION POITOU CHARENTE</t>
+  </si>
+  <si>
+    <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>19/11/2012</t>
+  </si>
+  <si>
+    <t>OGEC STE CROIX STE EUVERTE</t>
+  </si>
+  <si>
+    <t>28 RUE DE L'ETELON 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>IDEALLIS</t>
   </si>
   <si>
     <t>(ACCES 2 RUE JEAN BERTIN) 79 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>28/12/2013</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>ASS TOURQUENNOISE DE GESTION DE L'EIC</t>
-[...64 lines deleted...]
-  <si>
     <t>CFAI REGION NORD PAS-DE-CALAIS</t>
   </si>
   <si>
     <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
     <t>AFPI BRETAGNE</t>
   </si>
   <si>
     <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
   </si>
   <si>
     <t>07/10/2002</t>
   </si>
   <si>
     <t>CLPS L ENJEU COMPETENCES</t>
   </si>
   <si>
     <t>CLPS L'ENJEU COMPETENCES</t>
   </si>
   <si>
     <t>14 RUE ABBE ANGE LEMOINE 35600 REDON</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
   </si>
   <si>
     <t>01/04/2003</t>
   </si>
   <si>
     <t>5 RUE LEON BERTHAULT 35000 RENNES</t>
   </si>
   <si>
     <t>22/04/2005</t>
   </si>
   <si>
     <t>4 RUE ETIENNE PERCHEC 29000 QUIMPER</t>
   </si>
   <si>
     <t>01/01/2011</t>
   </si>
   <si>
-    <t>AFPI INSERTION POITOU CHARENTE</t>
-[...5 lines deleted...]
-    <t>19/11/2012</t>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
   </si>
   <si>
     <t>GROUPE DE LA SALLE - REIMS</t>
   </si>
   <si>
     <t>94 AVENUE DE LAON 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/2016</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
-    <t>01/01/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
-    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
-[...1 lines deleted...]
-  <si>
     <t>104 ROUTE DU LAC MELOT 16600 MORNAC</t>
   </si>
   <si>
     <t>192 RUE LAKANAL 27000 EVREUX</t>
   </si>
   <si>
     <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>40 RUE PIERRE CHANTELAUZE 79000 NIORT</t>
   </si>
   <si>
     <t>209 GRAND RUE DE CHATEAUNEUF 86100 CHATELLERAULT</t>
   </si>
   <si>
     <t>160 MONTEE DES LAURIERS 30100 ALES</t>
   </si>
   <si>
     <t>2 RUE GASTON PLANTE 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
   </si>
   <si>
     <t>RUE DE L'ECLUSE 68200 MULHOUSE</t>
   </si>
   <si>
     <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>OGEC DU GROUPE EPID-VAUBAN</t>
   </si>
   <si>
     <t>20 RUE DE LILLE 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>L'INDUSTREET</t>
   </si>
   <si>
     <t>2 RUE JOSEPHINE BAKER 93240 STAINS</t>
   </si>
   <si>
     <t>31/10/2019</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
@@ -909,51 +930,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M62"/>
+  <dimension ref="A1:M66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1846,1457 +1867,1605 @@
       <c r="F24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>73</v>
       </c>
       <c r="I24" s="3">
         <v>53220855422</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>52783305700021</v>
+        <v>42906702800069</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>94</v>
+        <v>23</v>
       </c>
       <c r="I25" s="3">
-        <v>82260187526</v>
+        <v>31590816259</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>42906702800069</v>
+        <v>78050734900048</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>31590816259</v>
+        <v>22600001660</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77551078700010</v>
+        <v>78050734900139</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>24450025145</v>
+        <v>22600001660</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78050734900048</v>
+        <v>78106280700032</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="I28" s="3">
-        <v>22600001660</v>
+        <v>23760001576</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>78050734900139</v>
+        <v>78291196000055</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="I29" s="3">
-        <v>22600001660</v>
+        <v>93131778913</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78106280700032</v>
+        <v>78334259500049</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>73</v>
+        <v>108</v>
       </c>
       <c r="I30" s="3">
-        <v>23760001576</v>
+        <v>41540002154</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78291196000055</v>
+        <v>78835426400053</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I31" s="3">
-        <v>93131778913</v>
+        <v>52440004544</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78334259500049</v>
+        <v>78835426400087</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I32" s="3">
-        <v>41540002154</v>
+        <v>52440004544</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>30048880600146</v>
+        <v>79008626800014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>32591068459</v>
+        <v>54160078316</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30824995200083</v>
+        <v>77551078700010</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>120</v>
       </c>
       <c r="I34" s="3">
-        <v>53350007835</v>
+        <v>24450025145</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>32159164600237</v>
+        <v>52783305700021</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="I35" s="3">
-        <v>53350111635</v>
+        <v>82260187526</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32159164600328</v>
+        <v>30048880600146</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="I36" s="3">
-        <v>53350111635</v>
+        <v>32591068459</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>32159164600377</v>
+        <v>30824995200083</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>53350111635</v>
+        <v>53350007835</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32159164600443</v>
+        <v>32159164600237</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="3">
         <v>53350111635</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>79008626800014</v>
+        <v>32159164600328</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>131</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>132</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>54160078316</v>
+        <v>53350111635</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>81890818800019</v>
+        <v>32159164600377</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>138</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>44510195451</v>
+        <v>53350111635</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800012</v>
+        <v>32159164600443</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="E41" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D41" s="2"/>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I41" s="3">
-        <v>11930762893</v>
+        <v>53350111635</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82409268800061</v>
+        <v>82422814201742</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82409268800111</v>
+        <v>81890818800019</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="I43" s="3">
-        <v>11930762893</v>
+        <v>44510195451</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="3">
         <v>11930762893</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800186</v>
+        <v>82409268800061</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="3">
         <v>11930762893</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800210</v>
+        <v>82409268800111</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="3">
         <v>11930762893</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800228</v>
+        <v>82409268800137</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="3">
         <v>11930762893</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814200157</v>
+        <v>82409268800186</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814200181</v>
+        <v>82409268800210</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814200223</v>
+        <v>82409268800228</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200306</v>
+        <v>82422814200157</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200314</v>
+        <v>82422814200181</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200454</v>
+        <v>82422814200223</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200603</v>
+        <v>82422814200306</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814201429</v>
+        <v>82422814200314</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814201502</v>
+        <v>82422814200454</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201528</v>
+        <v>82422814200603</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>149</v>
+        <v>141</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82466350400010</v>
+        <v>82422814201148</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>159</v>
+        <v>141</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I58" s="3">
-        <v>32590933959</v>
+        <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>87926148500012</v>
+        <v>82422814201429</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I59" s="3">
-        <v>11930836293</v>
+        <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>88474598500033</v>
+        <v>82422814201502</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>106</v>
+        <v>143</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>116</v>
+        <v>23</v>
       </c>
       <c r="I60" s="3">
-        <v>84420341742</v>
+        <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>88763727000018</v>
+        <v>82422814201528</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>106</v>
+        <v>143</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I61" s="3">
-        <v>53220901022</v>
+        <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>93409552200017</v>
+        <v>82466350400010</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>170</v>
+        <v>143</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>23</v>
+        <v>73</v>
       </c>
       <c r="I62" s="3">
+        <v>32590933959</v>
+      </c>
+      <c r="J62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L62" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M62" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13">
+      <c r="A63" s="1">
+        <v>87926148500012</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D63" s="2"/>
+      <c r="E63" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="G63" s="2"/>
+      <c r="H63" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="I63" s="3">
+        <v>11930836293</v>
+      </c>
+      <c r="J63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L63" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M63" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13">
+      <c r="A64" s="1">
+        <v>88474598500033</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D64" s="2"/>
+      <c r="E64" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="G64" s="2"/>
+      <c r="H64" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="I64" s="3">
+        <v>84420341742</v>
+      </c>
+      <c r="J64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K64" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M64" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13">
+      <c r="A65" s="1">
+        <v>88763727000018</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D65" s="2"/>
+      <c r="E65" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="G65" s="2"/>
+      <c r="H65" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I65" s="3">
+        <v>53220901022</v>
+      </c>
+      <c r="J65" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K65" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M65" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13">
+      <c r="A66" s="1">
+        <v>93409552200017</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D66" s="2"/>
+      <c r="E66" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G66" s="2"/>
+      <c r="H66" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I66" s="3">
         <v>52530120953</v>
       </c>
-      <c r="J62" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M62" s="2" t="s">
+      <c r="J66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M66" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3310,31 +3479,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 21:58:02</dc:description>
+  <dc:description>Export en date du 12/19/2025 17:21:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>