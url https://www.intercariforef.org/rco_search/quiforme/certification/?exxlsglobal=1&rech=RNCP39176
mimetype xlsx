--- v1 (2025-12-19)
+++ v2 (2025-12-19)
@@ -3479,31 +3479,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 17:21:57</dc:description>
+  <dc:description>Export en date du 12/19/2025 18:47:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>