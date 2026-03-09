--- v2 (2025-12-19)
+++ v3 (2026-03-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -133,155 +133,251 @@
   <si>
     <t>GRETA 21</t>
   </si>
   <si>
     <t>20 BOULEVARD VOLTAIRE 21000 DIJON</t>
   </si>
   <si>
     <t>01/01/2008</t>
   </si>
   <si>
     <t>LYCEE DES METIERS PIERRE MENDES FRANCE</t>
   </si>
   <si>
     <t>GRETA EST BRETAGNE</t>
   </si>
   <si>
     <t>34 RUE BAHON-RAULT 35000 RENNES</t>
   </si>
   <si>
     <t>20/10/2004</t>
   </si>
   <si>
     <t>5335P000935</t>
   </si>
   <si>
+    <t>LYCEE GENERAL HONORE D'URFE</t>
+  </si>
+  <si>
+    <t>GRETA CFA LOIRE</t>
+  </si>
+  <si>
+    <t>41 B RUE DE LA JOMAYERE 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>21/10/2024</t>
+  </si>
+  <si>
+    <t>8242P000942</t>
+  </si>
+  <si>
     <t>LYCEE RAYMOND POINCARE</t>
   </si>
   <si>
     <t>GRETA LORRAINE OUEST</t>
   </si>
   <si>
     <t>77 BOULEVARD RAYMOND POINCARE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/01/1989</t>
   </si>
   <si>
     <t>4155P000255</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ELISA LEMONNIER</t>
   </si>
   <si>
     <t>GRETA DU GRAND HAINAUT</t>
   </si>
   <si>
     <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
   </si>
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
   </si>
   <si>
     <t>GRETA GRAND LITTORAL</t>
   </si>
   <si>
     <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
   </si>
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>3162P000862</t>
   </si>
   <si>
+    <t>LYCEE POLYVALENT LA FAYETTE – LYCEE DES METIERS DE LA DIGITALE INDUSTRIE ET DU PLURIMEDIA</t>
+  </si>
+  <si>
+    <t>GRETA AUVERGNE</t>
+  </si>
+  <si>
+    <t>21 BOULEVARD ROBERT SCHUMAN 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>18/11/1991</t>
+  </si>
+  <si>
+    <t>8363P001063</t>
+  </si>
+  <si>
     <t>LYCEE POLYVALENT GABRIEL TOUCHARD-WASHINGTON - LYCEE DES METIERS PROTHESE DENTAIRE</t>
   </si>
   <si>
     <t>GRETA-CFA DU MAINE</t>
   </si>
   <si>
-    <t>28 RUE DES GRANDES COURBES 72100 LE MANS</t>
+    <t>8 PLACE GEORGE WASHINGTON 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
+  </si>
+  <si>
+    <t>GRETA-CFA VAUCLUSE</t>
+  </si>
+  <si>
+    <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/1987</t>
+  </si>
+  <si>
+    <t>9384P000684</t>
+  </si>
+  <si>
     <t>LYCEE POLYVALENT NELSON MANDELA</t>
   </si>
   <si>
     <t>GRETA POITOU CHARENTES</t>
   </si>
   <si>
     <t>63 RUE DE LA BUGELLERIE 86000 POITIERS</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>ORLEANS METROPOLE</t>
   </si>
   <si>
     <t>CFA ORLEANS METROPOLE FORMATION CONTINUE</t>
   </si>
   <si>
     <t>CITE DES METIERS 9 RUE DU ONZE NOVEMBRE 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2006</t>
   </si>
   <si>
+    <t>CFAI REGION NORD PAS-DE-CALAIS</t>
+  </si>
+  <si>
+    <t>ZAC DU PONT LOBY AVENUE JEAN MONNET 59640 DUNKERQUE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>AFPI BRETAGNE</t>
+  </si>
+  <si>
+    <t>CAMPUS KER LANN RUE HENRI MOISSAN 35170 BRUZ</t>
+  </si>
+  <si>
+    <t>07/10/2002</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>14 RUE ABBE ANGE LEMOINE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/01/1999</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>5 RUE LEON BERTHAULT 35000 RENNES</t>
+  </si>
+  <si>
+    <t>22/04/2005</t>
+  </si>
+  <si>
+    <t>4 RUE ETIENNE PERCHEC 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
     <t>CFAI-APC LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNOLOGIQUE ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>26/08/1996</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CFAI ALSACE</t>
   </si>
   <si>
     <t>31 RUE DES JARDINS 68000 COLMAR</t>
   </si>
   <si>
     <t>6 RUE ETTORE BUGATTI 67201 ECKBOLSHEIM</t>
   </si>
   <si>
     <t>07/03/2011</t>
   </si>
   <si>
     <t>2 RUE ETTORE BUGATTI 67110 REICHSHOFFEN</t>
   </si>
   <si>
     <t>25/04/2019</t>
   </si>
   <si>
     <t>31 RUE FRANCOIS SPOERRY 68100 MULHOUSE</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>CFAI DIAFOR</t>
@@ -298,50 +394,74 @@
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>ZI KERGONAN NORD 8 B RUE FERDINAND DE LESSEPS 29200 BREST</t>
   </si>
   <si>
     <t>ZAC DE LA CARDONNIERE 12 RUE DE LA CARDONNIERE 56100 LORIENT</t>
   </si>
   <si>
     <t>10 RUE PIERRE ET MARIE CURIE 35500 VITRE</t>
   </si>
   <si>
     <t>ZA DE KEROURVOIS 2 RUE ALBERT EINSTEIN 29500 ERGUE-GABERIC</t>
   </si>
   <si>
     <t>ASS TOURQUENNOISE DE GESTION DE L'EIC</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION AREP 14 RUE DE L'ALMA 59200 TOURCOING</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
+    <t>IDEALLIS</t>
+  </si>
+  <si>
+    <t>(ACCES 2 RUE JEAN BERTIN) 79 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>28/12/2013</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>OGEC SAINTE CROIX - SAINT EUVERTE</t>
+  </si>
+  <si>
+    <t>28 RUE DE L'ETELON 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>AFPI EURE SEINE ESTUAIRE</t>
   </si>
   <si>
     <t>422 RUE HENRI BECQUEREL 27000 EVREUX</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>GESTION CTRE FORMA APPR INDUS PROVENCE</t>
@@ -367,195 +487,123 @@
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>44 BOULEVARD DES LOGES 53940 SAINT-BERTHEVIN</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>1 RUE DU RIBAY 72000 LE MANS</t>
   </si>
   <si>
     <t>01/07/2008</t>
   </si>
   <si>
     <t>AFPI INSERTION POITOU CHARENTE</t>
   </si>
   <si>
     <t>33 RUE DE L’ARSENAL 16000 ANGOULEME</t>
   </si>
   <si>
     <t>19/11/2012</t>
   </si>
   <si>
-    <t>OGEC STE CROIX STE EUVERTE</t>
-[...68 lines deleted...]
-    <t>01/01/2011</t>
+    <t>GROUPE DE LA SALLE - REIMS</t>
+  </si>
+  <si>
+    <t>94 AVENUE DE LAON 51100 REIMS</t>
+  </si>
+  <si>
+    <t>01/03/2016</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>RUE DE ROSEL 14000 CAEN</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
+    <t>104 ROUTE DU LAC MELOT 16600 MORNAC</t>
+  </si>
+  <si>
+    <t>192 RUE LAKANAL 27000 EVREUX</t>
+  </si>
+  <si>
+    <t>AVENUE DU GENERAL GIRAUD 52100 SAINT-DIZIER</t>
+  </si>
+  <si>
+    <t>40 RUE PIERRE CHANTELAUZE 79000 NIORT</t>
+  </si>
+  <si>
+    <t>209 GRAND RUE DE CHATEAUNEUF 86100 CHATELLERAULT</t>
+  </si>
+  <si>
+    <t>160 MONTEE DES LAURIERS 30100 ALES</t>
+  </si>
+  <si>
+    <t>2 RUE GASTON PLANTE 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
+  </si>
+  <si>
+    <t>RUE DE L'ECLUSE 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
+  </si>
+  <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
-  </si>
-[...67 lines deleted...]
-    <t>135 RUE DU MADRILLET 76800 SAINT-ETIENNE-DU-ROUVRAY</t>
   </si>
   <si>
     <t>OGEC DU GROUPE EPID-VAUBAN</t>
   </si>
   <si>
     <t>20 RUE DE LILLE 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>L'INDUSTREET</t>
   </si>
   <si>
     <t>2 RUE JOSEPHINE BAKER 93240 STAINS</t>
   </si>
   <si>
     <t>31/10/2019</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS DE L INDUSTRIE LOIRE DROME ARDECHE (CFAI - LDA)</t>
   </si>
   <si>
     <t>CHEMIN DU PLATEAU DE LAUTAGNE 26000 VALENCE</t>
   </si>
   <si>
     <t>CFMA</t>
   </si>
@@ -930,51 +978,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M66"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1187,2285 +1235,2402 @@
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>38</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19550002000027</v>
+        <v>19420042400043</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3" t="s">
         <v>43</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19590065900028</v>
+        <v>19550002000027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19620062000025</v>
+        <v>19590065900028</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>53</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19720033000029</v>
+        <v>19620062000025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>33</v>
+        <v>57</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3">
-        <v>52720123172</v>
+      <c r="I10" s="3" t="s">
+        <v>58</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19760096800022</v>
+        <v>19630021400042</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19860037100043</v>
+        <v>19720033000037</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>54860142086</v>
+        <v>52720123172</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>24450046800115</v>
+        <v>19760096800022</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3">
-        <v>24450338745</v>
+      <c r="I13" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34958609900021</v>
+        <v>19840005300023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>73</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>74</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>44540379354</v>
+        <v>23</v>
+      </c>
+      <c r="I14" s="3" t="s">
+        <v>77</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38855948600047</v>
+        <v>19860037100043</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D15" s="2"/>
+        <v>78</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>79</v>
+      </c>
       <c r="E15" s="2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>42680205768</v>
+        <v>54860142086</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38855948600054</v>
+        <v>24450046800115</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>82</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>42680205768</v>
+        <v>24450338745</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38855948600062</v>
+        <v>30048880600146</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="I17" s="3">
-        <v>42680205768</v>
+        <v>32591068459</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38855948600070</v>
+        <v>30824995200083</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>42680205768</v>
+        <v>53350007835</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39048242000028</v>
+        <v>32159164600237</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D19" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>53220855422</v>
+        <v>53350111635</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39048242000036</v>
+        <v>32159164600328</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D20" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E20" s="2" t="s">
-        <v>85</v>
+        <v>97</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>86</v>
+        <v>98</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>53220855422</v>
+        <v>53350111635</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>39048242000044</v>
+        <v>32159164600377</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I21" s="3">
-        <v>53220855422</v>
+        <v>53350111635</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>39048242000051</v>
+        <v>32159164600443</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D22" s="2"/>
+        <v>93</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>94</v>
+      </c>
       <c r="E22" s="2" t="s">
-        <v>88</v>
+        <v>101</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>53220855422</v>
+        <v>53350111635</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>39048242000069</v>
+        <v>34958609900021</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="I23" s="3">
-        <v>53220855422</v>
+        <v>44540379354</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>39048242000077</v>
+        <v>38855948600047</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="I24" s="3">
-        <v>53220855422</v>
+        <v>42680205768</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>42906702800069</v>
+        <v>38855948600054</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I25" s="3">
-        <v>31590816259</v>
+        <v>42680205768</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78050734900048</v>
+        <v>38855948600062</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I26" s="3">
-        <v>22600001660</v>
+        <v>42680205768</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78050734900139</v>
+        <v>38855948600070</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>98</v>
+        <v>113</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I27" s="3">
-        <v>22600001660</v>
+        <v>42680205768</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78106280700032</v>
+        <v>39048242000028</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="I28" s="3">
-        <v>23760001576</v>
+        <v>53220855422</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>78291196000055</v>
+        <v>39048242000036</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>103</v>
+        <v>117</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="I29" s="3">
-        <v>93131778913</v>
+        <v>53220855422</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78334259500049</v>
+        <v>39048242000044</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>106</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>108</v>
+        <v>89</v>
       </c>
       <c r="I30" s="3">
-        <v>41540002154</v>
+        <v>53220855422</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78835426400053</v>
+        <v>39048242000051</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I31" s="3">
-        <v>52440004544</v>
+        <v>53220855422</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78835426400087</v>
+        <v>39048242000069</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I32" s="3">
-        <v>52440004544</v>
+        <v>53220855422</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>79008626800014</v>
+        <v>39048242000077</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I33" s="3">
-        <v>54160078316</v>
+        <v>53220855422</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77551078700010</v>
+        <v>42906702800069</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>120</v>
+        <v>23</v>
       </c>
       <c r="I34" s="3">
-        <v>24450025145</v>
+        <v>31590816259</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>52783305700021</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I35" s="3">
         <v>82260187526</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30048880600146</v>
+        <v>77551078700010</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>73</v>
+        <v>133</v>
       </c>
       <c r="I36" s="3">
-        <v>32591068459</v>
+        <v>24450025145</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30824995200083</v>
+        <v>78050734900048</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>53350007835</v>
+        <v>22600001660</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>32159164600237</v>
+        <v>78050734900139</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>53350111635</v>
+        <v>22600001660</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>32159164600328</v>
+        <v>78106280700032</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I39" s="3">
-        <v>53350111635</v>
+        <v>23760001576</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>32159164600377</v>
+        <v>78291196000055</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I40" s="3">
-        <v>53350111635</v>
+        <v>93131778913</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>32159164600443</v>
+        <v>78334259500049</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>145</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
+        <v>148</v>
       </c>
       <c r="I41" s="3">
-        <v>53350111635</v>
+        <v>41540002154</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82422814201742</v>
+        <v>78835426400053</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>11930743393</v>
+        <v>52440004544</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>81890818800019</v>
+        <v>78835426400087</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>44510195451</v>
+        <v>52440004544</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800012</v>
+        <v>79008626800014</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="3">
-        <v>11930762893</v>
+        <v>54160078316</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800061</v>
+        <v>81890818800019</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>143</v>
+        <v>159</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>23</v>
+        <v>148</v>
       </c>
       <c r="I45" s="3">
-        <v>11930762893</v>
+        <v>44510195451</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800111</v>
+        <v>82409268800012</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="3">
         <v>11930762893</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800137</v>
+        <v>82409268800061</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="3">
         <v>11930762893</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82409268800186</v>
+        <v>82409268800111</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>153</v>
+        <v>165</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="3">
         <v>11930762893</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82409268800210</v>
+        <v>82409268800137</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>154</v>
+        <v>166</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="3">
         <v>11930762893</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82409268800228</v>
+        <v>82409268800186</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>147</v>
+        <v>160</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>155</v>
+        <v>167</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="3">
         <v>11930762893</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814200157</v>
+        <v>82409268800210</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814200181</v>
+        <v>82409268800228</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I52" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814200223</v>
+        <v>82422814200157</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814200306</v>
+        <v>82422814200181</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>159</v>
+        <v>172</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I54" s="3">
         <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814200314</v>
+        <v>82422814200223</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>160</v>
+        <v>173</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I55" s="3">
         <v>11930743393</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200454</v>
+        <v>82422814200306</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>161</v>
+        <v>174</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I56" s="3">
         <v>11930743393</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814200603</v>
+        <v>82422814200314</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I57" s="3">
         <v>11930743393</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814201148</v>
+        <v>82422814200454</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I58" s="3">
         <v>11930743393</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82422814201429</v>
+        <v>82422814200603</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82422814201502</v>
+        <v>82422814201148</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82422814201528</v>
+        <v>82422814201429</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>141</v>
+        <v>170</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>82466350400010</v>
+        <v>82422814201502</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="I62" s="3">
-        <v>32590933959</v>
+        <v>11930743393</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>87926148500012</v>
+        <v>82422814201528</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="I63" s="3">
-        <v>11930836293</v>
+        <v>11930743393</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>88474598500033</v>
+        <v>82422814201742</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>108</v>
+        <v>23</v>
       </c>
       <c r="I64" s="3">
-        <v>84420341742</v>
+        <v>11930743393</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>88763727000018</v>
+        <v>82466350400010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>173</v>
+        <v>182</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>23</v>
+        <v>89</v>
       </c>
       <c r="I65" s="3">
-        <v>53220901022</v>
+        <v>32590933959</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>93409552200017</v>
+        <v>87926148500012</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>176</v>
+        <v>185</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>177</v>
+        <v>186</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>23</v>
+        <v>148</v>
       </c>
       <c r="I66" s="3">
+        <v>11930836293</v>
+      </c>
+      <c r="J66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L66" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M66" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13">
+      <c r="A67" s="1">
+        <v>88474598500033</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D67" s="2"/>
+      <c r="E67" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G67" s="2"/>
+      <c r="H67" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="I67" s="3">
+        <v>84420341742</v>
+      </c>
+      <c r="J67" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K67" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M67" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13">
+      <c r="A68" s="1">
+        <v>88763727000018</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I68" s="3">
+        <v>53220901022</v>
+      </c>
+      <c r="J68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M68" s="2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13">
+      <c r="A69" s="1">
+        <v>93409552200017</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>191</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="G69" s="2"/>
+      <c r="H69" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I69" s="3">
         <v>52530120953</v>
       </c>
-      <c r="J66" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M66" s="2" t="s">
+      <c r="J69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L69" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3479,31 +3644,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 18:47:46</dc:description>
+  <dc:description>Export en date du 03/09/2026 12:26:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>