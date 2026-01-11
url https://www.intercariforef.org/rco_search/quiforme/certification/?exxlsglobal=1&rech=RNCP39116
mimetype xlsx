--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -58,183 +58,183 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
+  </si>
+  <si>
+    <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FEDERAT FR TAEKWONDO &amp; DISCIPLINES ASS.</t>
+  </si>
+  <si>
+    <t>25 RUE SAINT ANTOINE 69003 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2001</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>LIGUE PACA DE JUDO JUJITSU KENDO DISCIPL</t>
+  </si>
+  <si>
+    <t>4 RUE RANQUE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>10/11/2000</t>
+  </si>
+  <si>
+    <t>LIGUE D ILE DE FRANCE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIES</t>
+  </si>
+  <si>
+    <t>21 A 25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2002</t>
+  </si>
+  <si>
+    <t>LIGUE DE JUDO DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>STADE MUNICIPAL RUE DE PRUNIERS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>LIGUE DE NORMANDIE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES SPORTS 5 RUE GUYON DE GUERCHEVILLE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>LIGUE CENTRE VAL DE LOIRE JUDO JUJITSU</t>
+  </si>
+  <si>
+    <t>1240 RUE DE LA BERGERESSE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>06/12/1998</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE DE JUDO</t>
+  </si>
+  <si>
+    <t>1 ALLEE PIERRE DE COUBERTIN 35200 RENNES</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>FEDERATION FR D AIKIDO ET BUDO</t>
+  </si>
+  <si>
+    <t>LES ALLEES 83149 BRAS</t>
+  </si>
+  <si>
+    <t>20/06/1996</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE AIKIDO AIKIBUDO KINOMICHI ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>11 RUE JULES VALLES 75011 PARIS</t>
+  </si>
+  <si>
+    <t>31/07/1990</t>
+  </si>
+  <si>
+    <t>LIGUE DE LA REUNION DE JUDO JU-JITSU</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 20 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
     <t>LIGUE DE JUDO DE LA MARTINIQUE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS POINTE DE LA VIERGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>23/06/1989</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...4 lines deleted...]
-  <si>
     <t>FEDERATION DES ARTS ENERGETIQUES ET MARTIAUX CHINOIS TAICHI CHUAN QI GONG KUNGFU ET WUSHU TRADITIONNELS</t>
   </si>
   <si>
     <t>27 RUE CLAUDE DECAEN 75012 PARIS</t>
   </si>
   <si>
     <t>15/04/2011</t>
-  </si>
-[...109 lines deleted...]
-    <t>93.19Z</t>
   </si>
   <si>
     <t>LIGUE DE BOURGOGNE-FRANCHE-COMTE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 3 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>04/06/2016</t>
   </si>
   <si>
     <t>LIGUE NOUVELLE-AQUITAINE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>153 RUE IZZET KOC 33310 LORMONT</t>
   </si>
   <si>
     <t>18/06/2016</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
@@ -702,771 +702,771 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35182778700018</v>
+        <v>78457379200024</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3"/>
+      <c r="I2" s="3">
+        <v>11754209875</v>
+      </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38393419700054</v>
+        <v>40066033800023</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
-[...1 lines deleted...]
-      <c r="G3" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="I3" s="3">
-        <v>11754872575</v>
+        <v>82690777569</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39997398100026</v>
+        <v>43427172200010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>98970400997</v>
+        <v>93131021713</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>43427172200010</v>
+        <v>43935740100025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>93131021713</v>
+        <v>11753569175</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43935740100025</v>
+        <v>30536433300024</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>11753569175</v>
+        <v>52490449649</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78457379200024</v>
+        <v>31338830800030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>11754209875</v>
+        <v>25140233614</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30536433300024</v>
+        <v>31742591600051</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>52490449649</v>
+        <v>24450260545</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>31338830800030</v>
+        <v>32319836600029</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>25140233614</v>
+        <v>53350644135</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31742591600051</v>
+        <v>32609218600039</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>24450260545</v>
+        <v>93830432883</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32319836600029</v>
+        <v>32841190500024</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>53350644135</v>
+        <v>11755181775</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32609218600039</v>
+        <v>39997398100026</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>93830432883</v>
+        <v>98970400997</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32841190500024</v>
+        <v>35182778700018</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40066033800023</v>
+        <v>38393419700054</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>58</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>82690777569</v>
+        <v>11754872575</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82124122100018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>27250300025</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82138694300012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>75331073233</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82156357400010</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
         <v>44540354054</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>82176989000038</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I18" s="3">
         <v>32620295762</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>82218422200013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>76310860831</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>82225564200016</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>84691480969</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1492,31 +1492,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/02/2025 19:16:55</dc:description>
+  <dc:description>Export en date du 01/11/2026 08:42:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>