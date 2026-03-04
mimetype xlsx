--- v1 (2026-01-11)
+++ v2 (2026-03-04)
@@ -58,183 +58,183 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LIGUE DE JUDO DES PAYS DE LOIRE</t>
+  </si>
+  <si>
+    <t>STADE MUNICIPAL RUE DE PRUNIERS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1992</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LIGUE PACA DE JUDO JUJITSU KENDO DISCIPL</t>
+  </si>
+  <si>
+    <t>4 RUE RANQUE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>10/11/2000</t>
+  </si>
+  <si>
+    <t>LIGUE DE NORMANDIE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES SPORTS 5 RUE GUYON DE GUERCHEVILLE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>LIGUE CENTRE VAL DE LOIRE JUDO JUJITSU</t>
+  </si>
+  <si>
+    <t>1240 RUE DE LA BERGERESSE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>06/12/1998</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE DE JUDO</t>
+  </si>
+  <si>
+    <t>1 ALLEE PIERRE DE COUBERTIN 35200 RENNES</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
+    <t>FEDERATION FR D AIKIDO ET BUDO</t>
+  </si>
+  <si>
+    <t>LES ALLEES 83149 BRAS</t>
+  </si>
+  <si>
+    <t>20/06/1996</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE AIKIDO AIKIBUDO KINOMICHI ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>11 RUE JULES VALLES 75011 PARIS</t>
+  </si>
+  <si>
+    <t>31/07/1990</t>
+  </si>
+  <si>
+    <t>LIGUE DE JUDO DE LA MARTINIQUE</t>
+  </si>
+  <si>
+    <t>MAISON DES SPORTS POINTE DE LA VIERGE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>23/06/1989</t>
+  </si>
+  <si>
+    <t>FEDERATION DES ARTS ENERGETIQUES ET MARTIAUX CHINOIS TAICHI CHUAN QI GONG KUNGFU ET WUSHU TRADITIONNELS</t>
+  </si>
+  <si>
+    <t>27 RUE CLAUDE DECAEN 75012 PARIS</t>
+  </si>
+  <si>
+    <t>15/04/2011</t>
+  </si>
+  <si>
+    <t>LIGUE DE LA REUNION DE JUDO JU-JITSU</t>
+  </si>
+  <si>
+    <t>MAISON REGIONALE DES SPORTS 20 ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2019</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FEDERAT FR TAEKWONDO &amp; DISCIPLINES ASS.</t>
+  </si>
+  <si>
+    <t>25 RUE SAINT ANTOINE 69003 LYON</t>
+  </si>
+  <si>
+    <t>02/01/2001</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>LIGUE D ILE DE FRANCE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIES</t>
+  </si>
+  <si>
+    <t>21 A 25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/2002</t>
+  </si>
+  <si>
     <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
   </si>
   <si>
     <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
   </si>
   <si>
     <t>01/01/2001</t>
-  </si>
-[...124 lines deleted...]
-    <t>15/04/2011</t>
   </si>
   <si>
     <t>LIGUE DE BOURGOGNE-FRANCHE-COMTE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 3 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>04/06/2016</t>
   </si>
   <si>
     <t>LIGUE NOUVELLE-AQUITAINE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>153 RUE IZZET KOC 33310 LORMONT</t>
   </si>
   <si>
     <t>18/06/2016</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
@@ -702,521 +702,519 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>78457379200024</v>
+        <v>30536433300024</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11754209875</v>
+        <v>52490449649</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>40066033800023</v>
+        <v>43427172200010</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>82690777569</v>
+        <v>93131021713</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>43427172200010</v>
+        <v>31338830800030</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>93131021713</v>
+        <v>25140233614</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>43935740100025</v>
+        <v>31742591600051</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11753569175</v>
+        <v>24450260545</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>30536433300024</v>
+        <v>32319836600029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>52490449649</v>
+        <v>53350644135</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>31338830800030</v>
+        <v>32609218600039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>25140233614</v>
+        <v>93830432883</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31742591600051</v>
+        <v>32841190500024</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>24450260545</v>
+        <v>11755181775</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>32319836600029</v>
+        <v>35182778700018</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>32609218600039</v>
+        <v>38393419700054</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>93830432883</v>
+        <v>11754872575</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32841190500024</v>
+        <v>39997398100026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>11755181775</v>
+        <v>98970400997</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>39997398100026</v>
+        <v>40066033800023</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F12" s="2" t="s">
+      <c r="H12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="G12" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>35182778700018</v>
+        <v>43935740100025</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3"/>
+      <c r="I13" s="3">
+        <v>11753569175</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38393419700054</v>
+        <v>78457379200024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>11754872575</v>
+        <v>11754209875</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82124122100018</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
@@ -1422,51 +1420,51 @@
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1492,31 +1490,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 08:42:24</dc:description>
+  <dc:description>Export en date du 03/04/2026 21:29:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>