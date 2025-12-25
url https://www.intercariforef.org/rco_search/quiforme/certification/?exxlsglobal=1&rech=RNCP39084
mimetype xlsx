--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -94,75 +94,75 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>LGT LYCEE DES METIERS MARIE CURIE</t>
   </si>
   <si>
     <t>GRETA OISE</t>
   </si>
   <si>
     <t>47 BOULEVARD PIERRE DE COUBERTIN 60180 NOGENT-SUR-OISE</t>
   </si>
   <si>
     <t>10/07/1989</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>2260P000460</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
     <t>FONDATION  SANTE DES ETUDIANTS DE FRANCE</t>
   </si>
   <si>
     <t>CLINIQUE FSEF BOUFFEMONT</t>
   </si>
   <si>
     <t>5 RUE PASTEUR 95570 BOUFFEMONT</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>86.10Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/09/2011</t>
   </si>
   <si>
     <t>ACADEMY OF MANAGEMENT AND INTELLIGENCE TECHNOLOGY</t>
   </si>
   <si>
     <t>114 AVENUE GABRIEL PERI 93400 SAINT-OUEN-SUR-SEINE</t>
   </si>
   <si>
     <t>07/07/2025</t>
   </si>
   <si>
     <t>ACADEMIE DE SANTE</t>
   </si>
   <si>
     <t>LE CLOITRE 20 BOULEVARD MADELEINE REMUSAT 13013 MARSEILLE 13EME</t>
   </si>
   <si>
     <t>02/01/2025</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
 </sst>
 </file>
 
@@ -662,118 +662,118 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77568300600024</v>
+        <v>45125756200111</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11770844977</v>
+        <v>76311242231</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45125756200111</v>
+        <v>77568300600024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I5" s="3">
-        <v>76311242231</v>
+        <v>11770844977</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>92335868300038</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>37</v>
       </c>
@@ -866,31 +866,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 14:24:16</dc:description>
+  <dc:description>Export en date du 12/25/2025 02:01:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>