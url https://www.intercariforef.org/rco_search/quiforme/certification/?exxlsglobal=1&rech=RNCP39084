--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -866,31 +866,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 02:01:34</dc:description>
+  <dc:description>Export en date du 02/14/2026 23:51:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>