--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -286,108 +286,108 @@
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>31 RUE DES NAUDIERES 44400 REZE</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>IRTESS</t>
+  </si>
+  <si>
+    <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>PARIS SCIENCES ET LETTRES</t>
   </si>
   <si>
     <t>29/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...49 lines deleted...]
-    <t>18/07/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1613,81 +1613,83 @@
       <c r="F23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="I23" s="3">
         <v>11770565477</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>52828860800037</v>
+        <v>42813525500050</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="I24" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I24" s="3">
+        <v>32590996759</v>
+      </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
         <v>52490001049</v>
@@ -1722,194 +1724,192 @@
       <c r="F26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3">
         <v>52490001049</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41047508100015</v>
+        <v>50876465100024</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="I27" s="3">
-        <v>26210346921</v>
+        <v>27210417621</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>42813525500050</v>
+        <v>50876465100032</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3">
-        <v>32590996759</v>
+        <v>27210417621</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50876465100024</v>
+        <v>41047508100015</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>27210417621</v>
+        <v>26210346921</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>50876465100032</v>
+        <v>52828860800037</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3">
         <v>27210481021</v>
@@ -1959,31 +1959,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 20:57:54</dc:description>
+  <dc:description>Export en date du 12/22/2025 07:16:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>