--- v1 (2025-12-22)
+++ v2 (2026-02-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -253,141 +253,138 @@
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>AVIGNON UNIVERSITE</t>
   </si>
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERTE 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>ADEFSA CTRE FORMAT APPRENTIS DESCARTES</t>
   </si>
   <si>
     <t>PARC DE LA HAUTE MAISON 23 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>IRTESS</t>
+  </si>
+  <si>
+    <t>2 ET 4 2 RUE PROFESSEUR MARION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>PARIS SCIENCES ET LETTRES</t>
+  </si>
+  <si>
+    <t>29/08/2016</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>31 RUE DES NAUDIERES 44400 REZE</t>
   </si>
   <si>
     <t>01/09/2016</t>
-  </si>
-[...34 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1508,426 +1505,424 @@
         <v>77</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D22" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="E22" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>39089496200054</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I23" s="3">
         <v>11770565477</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>42813525500050</v>
+        <v>41047508100015</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>32590996759</v>
+        <v>26210346921</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78611668100010</v>
+        <v>42813525500050</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F25" s="2" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>52490001049</v>
+        <v>32590996759</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78611668100044</v>
+        <v>50876465100024</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="I26" s="3">
-        <v>52490001049</v>
+        <v>27210417621</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I27" s="3">
         <v>27210417621</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>50876465100032</v>
+        <v>52828860800037</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>41047508100015</v>
+        <v>78611668100010</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
-        <v>26210346921</v>
+        <v>52490001049</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>52828860800037</v>
+        <v>78611668100044</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>108</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="I30" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I30" s="3">
+        <v>52490001049</v>
+      </c>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I31" s="3">
         <v>27210481021</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1959,31 +1954,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/22/2025 07:16:28</dc:description>
+  <dc:description>Export en date du 02/26/2026 02:24:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>