--- v0 (2025-12-14)
+++ v1 (2026-02-02)
@@ -193,69 +193,69 @@
   <si>
     <t>43 BOULEVARD DU 11 NOVEMBRE 1918 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>8269P000169</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS 1 PANTHEON-SORBONNE</t>
   </si>
   <si>
     <t>1175P000475</t>
   </si>
   <si>
     <t>FORMASUP MEDITERRANEE</t>
   </si>
   <si>
     <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
     <t>FORMASUP PARIS ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72 B RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>14/05/2019</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/06/2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1141,108 +1141,108 @@
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="I14" s="3">
         <v>93130972313</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>42071817300065</v>
+        <v>43903961100025</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I15" s="3">
-        <v>11755342375</v>
+        <v>84691657569</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>43903961100025</v>
+        <v>42071817300065</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="I16" s="3">
-        <v>84691657569</v>
+        <v>11755342375</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1267,31 +1267,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 07:03:14</dc:description>
+  <dc:description>Export en date du 02/02/2026 23:34:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>