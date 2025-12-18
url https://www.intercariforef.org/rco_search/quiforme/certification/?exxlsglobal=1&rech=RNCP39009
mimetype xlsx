--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -337,78 +337,78 @@
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
     <t>FORMASUP PARIS ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72 B RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>14/05/2019</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...16 lines deleted...]
-    <t>18/07/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1096,51 +1096,53 @@
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13003062000012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="3"/>
+      <c r="I9" s="3">
+        <v>76311462731</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -1817,145 +1819,145 @@
         <v>105</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>42071817300065</v>
+        <v>50876465100024</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I29" s="3">
-        <v>11755342375</v>
+        <v>27210417621</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I30" s="3">
         <v>27210417621</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>50876465100032</v>
+        <v>42071817300065</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>116</v>
       </c>
       <c r="I31" s="3">
-        <v>27210417621</v>
+        <v>11755342375</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D32" s="2"/>
@@ -2017,31 +2019,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 02:12:17</dc:description>
+  <dc:description>Export en date du 12/18/2025 15:50:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>