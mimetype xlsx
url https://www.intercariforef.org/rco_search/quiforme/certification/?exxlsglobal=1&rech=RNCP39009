--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -337,78 +337,78 @@
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
   <si>
     <t xml:space="preserve"> MAISON DE L'UNIVERSITE ESPLANADE ERASME 21000 DIJON</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1819,145 +1819,145 @@
         <v>105</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>50876465100024</v>
+        <v>42071817300065</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>110</v>
       </c>
       <c r="I29" s="3">
-        <v>27210417621</v>
+        <v>11755342375</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>50876465100032</v>
+        <v>50876465100024</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="I30" s="3">
         <v>27210417621</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>42071817300065</v>
+        <v>50876465100032</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>116</v>
+        <v>22</v>
       </c>
       <c r="I31" s="3">
-        <v>11755342375</v>
+        <v>27210417621</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>93823061200013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D32" s="2"/>
@@ -2019,31 +2019,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 15:50:02</dc:description>
+  <dc:description>Export en date du 02/02/2026 02:50:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>