--- v2 (2026-02-02)
+++ v3 (2026-02-02)
@@ -2019,31 +2019,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 02:50:55</dc:description>
+  <dc:description>Export en date du 02/02/2026 04:21:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>