--- v3 (2026-02-02)
+++ v4 (2026-03-19)
@@ -2019,31 +2019,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 04:21:33</dc:description>
+  <dc:description>Export en date du 03/19/2026 08:50:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>