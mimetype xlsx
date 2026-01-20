--- v0 (2025-10-14)
+++ v1 (2026-01-20)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ECOLE NORMALE SUPERIEURE DE LYON</t>
   </si>
   <si>
     <t>15 PARVIS RENE DESCARTES 69007 LYON</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -223,66 +223,66 @@
   <si>
     <t>UNIVERSITE LUMIERE LYON 2</t>
   </si>
   <si>
     <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
   </si>
   <si>
     <t>8269P001169</t>
   </si>
   <si>
     <t>ECOLE NORMALE SUPERIEURE</t>
   </si>
   <si>
     <t>45 RUE D'ULM 75005 PARIS</t>
   </si>
   <si>
     <t>ECOLE DES HAUTES ETUDES EN SCIENCES SOCIALES</t>
   </si>
   <si>
     <t>54 BOULEVARD RASPAIL 75006 PARIS</t>
   </si>
   <si>
     <t>1175P016975</t>
   </si>
   <si>
+    <t>PARIS SCIENCES ET LETTRES</t>
+  </si>
+  <si>
+    <t>29/08/2016</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
-  </si>
-[...7 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1285,118 +1285,118 @@
       <c r="F17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>68</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42813525500050</v>
+        <v>52828860800037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>52828860800037</v>
+        <v>42813525500050</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>45</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3">
+        <v>32590996759</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
         <v>76311365631</v>
@@ -1446,31 +1446,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 19:42:48</dc:description>
+  <dc:description>Export en date du 01/20/2026 13:11:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>