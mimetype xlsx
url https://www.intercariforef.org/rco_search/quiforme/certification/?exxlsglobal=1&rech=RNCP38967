--- v1 (2026-01-20)
+++ v2 (2026-03-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -181,108 +181,105 @@
   <si>
     <t>UNIVERSITE DE LILLE</t>
   </si>
   <si>
     <t>42 RUE PAUL DUEZ 59800 LILLE</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>UNIVERSITE TOULOUSE III - PAUL SABATIER</t>
   </si>
   <si>
     <t>118 ROUTE DE NARBONNE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
-    <t>7331P001631</t>
-[...1 lines deleted...]
-  <si>
     <t>INSTITUT POLYTECHNIQUE DE GRENOBLE</t>
   </si>
   <si>
     <t>INP GRENOBLE</t>
   </si>
   <si>
     <t>46 AVENUE FELIX VIALLET 38000 GRENOBLE</t>
   </si>
   <si>
     <t>10/08/1983</t>
   </si>
   <si>
     <t>8238P000438</t>
   </si>
   <si>
     <t>UNIVERSITE LUMIERE LYON 2</t>
   </si>
   <si>
     <t>18 QUAI CLAUDE BERNARD 69007 LYON</t>
   </si>
   <si>
     <t>8269P001169</t>
   </si>
   <si>
     <t>ECOLE NORMALE SUPERIEURE</t>
   </si>
   <si>
     <t>45 RUE D'ULM 75005 PARIS</t>
   </si>
   <si>
     <t>ECOLE DES HAUTES ETUDES EN SCIENCES SOCIALES</t>
   </si>
   <si>
     <t>54 BOULEVARD RASPAIL 75006 PARIS</t>
   </si>
   <si>
     <t>1175P016975</t>
   </si>
   <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>PARIS SCIENCES ET LETTRES</t>
   </si>
   <si>
     <t>29/08/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/10/2006</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
   <si>
     <t>06/12/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1119,302 +1116,300 @@
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19311384200010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I13" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19381912500017</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D14" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D14" s="2" t="s">
+      <c r="E14" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="E14" s="2" t="s">
+      <c r="F14" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>19691775100014</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>19753459700012</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19753742600011</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>52828860800037</v>
+        <v>42813525500050</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I18" s="3">
+        <v>32590996759</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42813525500050</v>
+        <v>52828860800037</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93827139200012</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
         <v>76311365631</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1446,31 +1441,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 13:11:41</dc:description>
+  <dc:description>Export en date du 03/07/2026 15:46:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>