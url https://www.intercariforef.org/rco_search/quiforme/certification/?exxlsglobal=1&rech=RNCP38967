--- v2 (2026-03-07)
+++ v3 (2026-03-07)
@@ -1441,31 +1441,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/07/2026 15:46:11</dc:description>
+  <dc:description>Export en date du 03/07/2026 17:17:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>