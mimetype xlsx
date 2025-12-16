--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -148,51 +148,51 @@
   <si>
     <t>9111P012311</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE</t>
   </si>
   <si>
     <t>DOMAINE DE BEAUREGARD COTE DU MAS DE BONNET 12200 VILLEFRANCHE-DE-ROUERGUE</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RODEZ-LA-ROQUE</t>
   </si>
   <si>
     <t>LEGTA</t>
   </si>
   <si>
     <t>LA ROQUE ROUTE D'ESPALION 12850 ONET-LE-CHATEAU</t>
   </si>
   <si>
     <t>7312P001112</t>
   </si>
   <si>
     <t>EPLEFPA ENILIA-ENSMIC - CAMPUS DE L'ALIMENTATION DE SURGERES</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL AGRICOLE ENSMIC</t>
+    <t>LEGTPA - LYCEE DE L'ALIMENTATION</t>
   </si>
   <si>
     <t>1 RUE DES BABIGEOTS 17700 SURGERES</t>
   </si>
   <si>
     <t>5417P000817</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
   </si>
   <si>
     <t>LEGTPA OLIVIER DE SERRES</t>
   </si>
   <si>
     <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
   </si>
   <si>
     <t>2621P002521</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU PERIGORD</t>
   </si>
   <si>
     <t>LEGTPA PERIGUEUX</t>
   </si>
@@ -394,96 +394,93 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>ASS NOTRE DAME DE MAUBERT FONTAINE</t>
+  </si>
+  <si>
+    <t>18 RUE DU CHATEAU 08260 MAUBERT-FONTAINE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE LOCALE INSTITUT STE C</t>
+  </si>
+  <si>
+    <t>RUE DE L’ENCLOS 80800 CORBIE</t>
+  </si>
+  <si>
+    <t>09/01/2003</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DU LYCEE D'ENSEIGNEMENT AGRICOLE PRIVE DE CAMBRAI</t>
+  </si>
+  <si>
+    <t>6 B RUE DU PONT DE PIERRES 59400 CAMBRAI</t>
+  </si>
+  <si>
+    <t>27/03/2002</t>
+  </si>
+  <si>
+    <t>ASS MAISONS FAMIL RURAL CENTR FORMAT MEE</t>
+  </si>
+  <si>
+    <t>2 RUE PIERRE BLAYS 44110 CHATEAUBRIANT</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
   </si>
   <si>
     <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
   </si>
   <si>
     <t>14/11/2007</t>
-  </si>
-[...37 lines deleted...]
-    <t>01/09/1998</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1968,227 +1965,227 @@
       <c r="F29" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
         <v>98970084497</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43320759400030</v>
+        <v>78027043500016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78027043500016</v>
+        <v>78062733700048</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78062733700048</v>
+        <v>78354364800027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="I32" s="3"/>
+      <c r="I32" s="3">
+        <v>32591368659</v>
+      </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78354364800027</v>
+        <v>78604475000036</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I33" s="3">
-        <v>32591368659</v>
+        <v>52440537044</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>78604475000036</v>
+        <v>43320759400030</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="I34" s="3">
-        <v>52440537044</v>
+        <v>96973042897</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2201,31 +2198,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/31/2025 09:48:36</dc:description>
+  <dc:description>Export en date du 12/16/2025 21:20:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>