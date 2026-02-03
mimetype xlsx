--- v1 (2025-12-16)
+++ v2 (2026-02-03)
@@ -394,93 +394,93 @@
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE DU LITTORAL OUEST</t>
+  </si>
+  <si>
+    <t>CD 8 PK 27 5 AVENUE PAULE BERTHELOT 97360 MANA</t>
+  </si>
+  <si>
+    <t>14/11/2007</t>
+  </si>
+  <si>
     <t>ASS NOTRE DAME DE MAUBERT FONTAINE</t>
   </si>
   <si>
     <t>18 RUE DU CHATEAU 08260 MAUBERT-FONTAINE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASS FAMILIALE LOCALE INSTITUT STE C</t>
   </si>
   <si>
     <t>RUE DE L’ENCLOS 80800 CORBIE</t>
   </si>
   <si>
     <t>09/01/2003</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DU LYCEE D'ENSEIGNEMENT AGRICOLE PRIVE DE CAMBRAI</t>
   </si>
   <si>
     <t>6 B RUE DU PONT DE PIERRES 59400 CAMBRAI</t>
   </si>
   <si>
     <t>27/03/2002</t>
   </si>
   <si>
     <t>ASS MAISONS FAMIL RURAL CENTR FORMAT MEE</t>
   </si>
   <si>
     <t>2 RUE PIERRE BLAYS 44110 CHATEAUBRIANT</t>
   </si>
   <si>
     <t>01/09/1998</t>
-  </si>
-[...7 lines deleted...]
-    <t>14/11/2007</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1965,227 +1965,227 @@
       <c r="F29" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I29" s="3">
         <v>98970084497</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78027043500016</v>
+        <v>43320759400030</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I30" s="3"/>
+      <c r="I30" s="3">
+        <v>96973042897</v>
+      </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78062733700048</v>
+        <v>78027043500016</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>78354364800027</v>
+        <v>78062733700048</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>78604475000036</v>
+        <v>78354364800027</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>102</v>
       </c>
       <c r="I33" s="3">
-        <v>52440537044</v>
+        <v>32591368659</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>43320759400030</v>
+        <v>78604475000036</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="I34" s="3">
-        <v>96973042897</v>
+        <v>52440537044</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2198,31 +2198,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 21:20:51</dc:description>
+  <dc:description>Export en date du 02/03/2026 08:25:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>