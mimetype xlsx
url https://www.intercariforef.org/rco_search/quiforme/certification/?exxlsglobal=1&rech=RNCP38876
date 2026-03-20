--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -2198,31 +2198,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 08:25:10</dc:description>
+  <dc:description>Export en date du 03/20/2026 19:54:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>