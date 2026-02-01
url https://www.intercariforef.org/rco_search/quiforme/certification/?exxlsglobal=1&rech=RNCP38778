--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -268,99 +268,99 @@
   <si>
     <t>04/04/2022</t>
   </si>
   <si>
     <t>24 LE PAQUEBOT 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
     <t>16 CHEMIN DE MALACHER 38240 MEYLAN</t>
   </si>
   <si>
     <t>24/07/2023</t>
   </si>
   <si>
     <t>38 AVENUE MARCEL DASSAULT 37200 TOURS</t>
   </si>
   <si>
     <t>20/11/2024</t>
   </si>
   <si>
     <t>1 RUE HELOISE 59493 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
+    <t>CTRE SUPERIEUR FORMAT APPRENTISSAGE.BTP</t>
+  </si>
+  <si>
+    <t>BP 602 93 BOULEVARD DE LA SEINE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>26/07/2010</t>
+  </si>
+  <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>27/12/1989</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
     <t>2 ALLEE DES FOULONS 67380 LINGOLSHEIM</t>
   </si>
   <si>
     <t>POLE AEROPOLIS LIEU DIT LAS CARDEDES 64510 ASSAT</t>
   </si>
   <si>
     <t>15/07/2010</t>
   </si>
   <si>
-    <t>26/07/2010</t>
-[...1 lines deleted...]
-  <si>
     <t>1 AVENUE AUGUSTIN-LOUIS CAUCHY 44300 NANTES</t>
   </si>
   <si>
     <t>IMM LE QUATRIEME AEROPORT MTP MEDIT 24 IMPASSE CLAIRE ROMAN 34130 MAUGUIO</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>ZI AIX LES MILES - IMMEUBLE LA CANOPEE 390 RUE CLAUDE NICOLAS LEDOUX 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>11/10/2021</t>
   </si>
   <si>
     <t>1 RUE HELOISE 59491 VILLENEUVE-D'ASCQ</t>
-  </si>
-[...4 lines deleted...]
-    <t>BP 602 93 BOULEVARD DE LA SEINE 92000 NANTERRE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1901,1157 +1901,1157 @@
       <c r="F31" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I31" s="3">
         <v>11753966675</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77572257200051</v>
+        <v>45210208000028</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>11754788375</v>
+        <v>11922315592</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77572257200366</v>
+        <v>77572257200051</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="D33" s="2"/>
+      <c r="D33" s="2" t="s">
+        <v>22</v>
+      </c>
       <c r="E33" s="2" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I33" s="3">
         <v>11754788375</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77572257200762</v>
+        <v>77572257200366</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I34" s="3">
         <v>11754788375</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77572257200820</v>
+        <v>77572257200762</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>87</v>
+        <v>29</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I35" s="3">
         <v>11754788375</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77572257200838</v>
+        <v>77572257200820</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>89</v>
+        <v>28</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I36" s="3">
         <v>11754788375</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77572257200846</v>
+        <v>77572257200838</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>31</v>
+        <v>91</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I37" s="3">
         <v>11754788375</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77572257200911</v>
+        <v>77572257200846</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I38" s="3">
         <v>11754788375</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77572257200929</v>
+        <v>77572257200911</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I39" s="3">
         <v>11754788375</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77572257200960</v>
+        <v>77572257200929</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>91</v>
+        <v>35</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="I40" s="3">
         <v>11754788375</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77572257200978</v>
+        <v>77572257200960</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>39</v>
+        <v>93</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I41" s="3">
         <v>11754788375</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77572257201018</v>
+        <v>77572257200978</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I42" s="3">
         <v>11754788375</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77572257201034</v>
+        <v>77572257201018</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I43" s="3">
         <v>11754788375</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77572257201042</v>
+        <v>77572257201034</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I44" s="3">
         <v>11754788375</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77572257201059</v>
+        <v>77572257201042</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I45" s="3">
         <v>11754788375</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77572257201083</v>
+        <v>77572257201059</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I46" s="3">
         <v>11754788375</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77572257201091</v>
+        <v>77572257201083</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I47" s="3">
         <v>11754788375</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77572257201109</v>
+        <v>77572257201091</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>53</v>
+        <v>94</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I48" s="3">
         <v>11754788375</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77572257201117</v>
+        <v>77572257201109</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>95</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I49" s="3">
         <v>11754788375</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77572257201133</v>
+        <v>77572257201117</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="G50" s="2"/>
+        <v>96</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>64</v>
+      </c>
       <c r="H50" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I50" s="3">
         <v>11754788375</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77572257201158</v>
+        <v>77572257201133</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="3">
         <v>11754788375</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>77572257201174</v>
+        <v>77572257201158</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I52" s="3">
         <v>11754788375</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77572257201182</v>
+        <v>77572257201174</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>69</v>
+        <v>98</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I53" s="3">
         <v>11754788375</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>77572257201190</v>
+        <v>77572257201182</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="I54" s="3">
         <v>11754788375</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>77572257201208</v>
+        <v>77572257201190</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="3">
         <v>11754788375</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>77572257201224</v>
+        <v>77572257201208</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="3">
         <v>11754788375</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>77572257201232</v>
+        <v>77572257201224</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I57" s="3">
         <v>11754788375</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77572257201240</v>
+        <v>77572257201232</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I58" s="3">
         <v>11754788375</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77572257201257</v>
+        <v>77572257201240</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I59" s="3">
         <v>11754788375</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77572257201265</v>
+        <v>77572257201257</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>64</v>
+        <v>82</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I60" s="3">
         <v>11754788375</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>45210208000028</v>
+        <v>77572257201265</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>99</v>
+        <v>22</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="I61" s="3">
-        <v>11922315592</v>
+        <v>11754788375</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -3067,31 +3067,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/10/2025 17:36:23</dc:description>
+  <dc:description>Export en date du 02/02/2026 00:12:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>