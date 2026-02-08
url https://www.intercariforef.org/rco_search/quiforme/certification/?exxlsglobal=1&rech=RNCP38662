--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -169,374 +169,401 @@
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ALGOUD-LAFFEMAS - LYCEE DES METIERS DU NUMERIQUE</t>
   </si>
   <si>
     <t>GRETA ARDECHE DROME</t>
   </si>
   <si>
     <t>37-39 37 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>8226P000726</t>
   </si>
   <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE MICHEL LABROUSSE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
+    <t>PARC 2000 RESIDENCE CHARLES WARNERY 195 RUE YVES MONTAND 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>INSUP AQUITAINE</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN PERRIN 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>20/05/2009</t>
+  </si>
+  <si>
+    <t>36 CHEMIN DE MACY 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/04/2023</t>
+  </si>
+  <si>
+    <t>LASER ASSOCIATION</t>
+  </si>
+  <si>
+    <t>41-43 41 RUE DES RIGOLES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>17/10/1992</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>IFIR ARL (AIN-RHONE-LOIRE)</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>JMSA FORMATION CONSEIL</t>
   </si>
   <si>
     <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>30/11/2020</t>
   </si>
   <si>
+    <t>FORMOPOST</t>
+  </si>
+  <si>
+    <t>73 RUE JEAN JAURES 16100 COGNAC</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ANIM&amp;COM CONSULTANT</t>
+  </si>
+  <si>
+    <t>24 RUE DE CONSTANTINOPLE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>26/11/2019</t>
+  </si>
+  <si>
+    <t>FORMA OUEST INSERTION</t>
+  </si>
+  <si>
+    <t>10 RUE POIVRE 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>27/09/2013</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE DE LA ROQUE D ANTHERON</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CARRAIRES CHE DE LA DEVALADE 13640 LA ROQUE D'ANTHERON</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>STADE FORMATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>INNOVATION DEVELOPPEMENT FORMATION</t>
   </si>
   <si>
     <t>113 RUE DE LANNOY 59800 LILLE</t>
   </si>
   <si>
     <t>29/04/1999</t>
   </si>
   <si>
     <t>PROFESSION SPORT &amp; LOISIRS DORDOGNE PSL 24</t>
   </si>
   <si>
     <t>PSL24</t>
   </si>
   <si>
     <t>44 RUE SERGENT BONNELIE 24000 PERIGUEUX</t>
   </si>
   <si>
     <t>01/07/2010</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
-    <t>01/03/2019</t>
-[...4 lines deleted...]
-  <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE (IFA) SPORT ET ANIMATION RHONE-ALPES</t>
   </si>
   <si>
     <t>07/09/2022</t>
   </si>
   <si>
     <t>ASS CLE ENTRE-DEUX "LIRE DIRE ECRIRE"</t>
   </si>
   <si>
     <t>7 RUE DES FRERES 97414 ENTRE-DEUX</t>
   </si>
   <si>
     <t>15/12/2004</t>
   </si>
   <si>
     <t>04973221097</t>
   </si>
   <si>
     <t>HAESA FORMATION</t>
   </si>
   <si>
     <t>1 PASSAGE PAUL PERRIN 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>11/05/2003</t>
   </si>
   <si>
+    <t>SOLUTYS</t>
+  </si>
+  <si>
+    <t>CAMPUS PRIVE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU PERIGORD 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>L'ENTREE DES ARTISTES</t>
+  </si>
+  <si>
+    <t>LE BOURGIDOU CHE FRICASSE ET PINEDE 30220 AIGUES-MORTES</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>FORMAFLOW</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>OG FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DES LORIOTS 66700 ARGELES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
+  </si>
+  <si>
+    <t>CRAF 2S</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t>KALAMUS GUADELOUPE</t>
+  </si>
+  <si>
+    <t>N 24-25 PETIT PEROU 24 LD ZA DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>24/07/2017</t>
+  </si>
+  <si>
     <t>CENTRE A F R A T</t>
   </si>
   <si>
     <t>314 CHE DU MANOIR 38112 AUTRANS-MEAUDRE EN VERCORS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
   </si>
   <si>
     <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>OGEC STE CATHERINE</t>
   </si>
   <si>
     <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
   </si>
   <si>
     <t>25/12/1986</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t xml:space="preserve">KAUTER JULIE   </t>
   </si>
   <si>
     <t>6 BOULEVARD DE LA LISSE 34630 SAINT-THIBERY</t>
   </si>
   <si>
     <t>02/08/2013</t>
   </si>
   <si>
-    <t>SOLUTYS</t>
-[...181 lines deleted...]
-  <si>
     <t>NUEVO CFA</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>A8 KALYSTA HAMEAU DE L'ANSE GOURAUD 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>KREATIV FORMATION</t>
   </si>
   <si>
     <t>APT 7 RES PULCHERIMA 11 T RUE DES ECOLIERS 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/04/2014</t>
   </si>
   <si>
     <t>LUDORIUM</t>
   </si>
   <si>
     <t>2 RUE ODETTE JASSE 13015 MARSEILLE</t>
@@ -613,162 +640,141 @@
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>56-58 56 AVENUE DU DANEMARK 37100 TOURS</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>KERVALH 56400 BRECH</t>
   </si>
   <si>
     <t>ANIM&amp;TAP EDUCATION</t>
   </si>
   <si>
-    <t>24 RUE DE CONSTANTINOPLE 75008 PARIS</t>
-[...1 lines deleted...]
-  <si>
     <t>22/12/2016</t>
   </si>
   <si>
     <t>INSTITUT ASSURFORMATION</t>
   </si>
   <si>
     <t>REZ DE CHAUSSEE 3 PLACE DE LA MARLIERE 77680 ROISSY-EN-BRIE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>SASU DEFI</t>
   </si>
   <si>
     <t>IMMEUBLE CANOPEE 2 LIEUDIT BEAUSEJOUR 26 RUE DU CENTRE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>17/07/2020</t>
   </si>
   <si>
     <t>04973104197</t>
   </si>
   <si>
     <t>INITIATIV'</t>
   </si>
   <si>
     <t>CHE DE LA SAVANE BRULEE 97131 PETIT CANAL</t>
   </si>
   <si>
     <t>19/05/2018</t>
   </si>
   <si>
     <t>01973196197</t>
   </si>
   <si>
-    <t>ING CONSEIL ET FORMATIONS</t>
-[...16 lines deleted...]
-  <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>FORMATIONS PROFESSIONNELLES FOREZIENNES</t>
   </si>
   <si>
     <t>6 ALLEE DE LA CASCADE 42600 MONTBRISON</t>
   </si>
   <si>
     <t>16/12/2020</t>
   </si>
   <si>
     <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
   </si>
   <si>
     <t>THE VILLAGE 1 RUE HENRI MICHEL 12400 SAINT-AFFRIQUE</t>
   </si>
   <si>
     <t>21/06/2021</t>
   </si>
   <si>
     <t>ECOLE TREMPLINS DU SPORT</t>
   </si>
   <si>
     <t>CFA COMMERCE ET SERVICES 21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
   </si>
   <si>
     <t>16/07/2021</t>
   </si>
   <si>
     <t>ASSOCIATION DE SERVICES NUMERIQUES ET D'ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>204 ROCADE DES CITES UNIES 97115 SAINTE-ROSE</t>
   </si>
   <si>
     <t>04/01/2022</t>
   </si>
   <si>
     <t>01973341197</t>
   </si>
   <si>
-    <t>FORMOPOST</t>
-[...5 lines deleted...]
-    <t>01/09/2022</t>
+    <t>KAALI FORMATION</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE LES MILLES 5 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
   </si>
   <si>
     <t>K-DECOLLE</t>
   </si>
   <si>
     <t>19 PLACE DE LA FERRANDIERE 69003 LYON</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>DNS FORMATION</t>
   </si>
   <si>
     <t>31 RUE JOSEPH-LOUIS DUC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>04/02/2022</t>
   </si>
   <si>
     <t>SAM &amp; FT ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>4 AVENUE CAMILLE PUJOL 31500 TOULOUSE</t>
   </si>
@@ -1263,51 +1269,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M88"/>
+  <dimension ref="A1:M89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1592,3011 +1598,3046 @@
       <c r="F8" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38134879600024</v>
+        <v>31065677200269</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>82690331669</v>
+        <v>82690049869</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38909782500050</v>
+        <v>31065677200293</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>22600085860</v>
+        <v>82690049869</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39992626000049</v>
+        <v>31754202500224</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>27210389121</v>
+        <v>72330032933</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40073444800022</v>
+        <v>31754202500521</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>31590340859</v>
+        <v>72330032933</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>40102572100051</v>
+        <v>34025508200034</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="I13" s="3">
-        <v>72240168224</v>
+        <v>11750848275</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40875084200044</v>
+        <v>38134879600024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I14" s="3">
-        <v>24450194445</v>
+        <v>82690331669</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40996871600053</v>
+        <v>38909782500050</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>82380565438</v>
+        <v>22600085860</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>43366013100023</v>
+        <v>90402489000025</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>63</v>
+      </c>
+      <c r="I16" s="3">
+        <v>75160116116</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>44973692500016</v>
+        <v>87949360900017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>52440435644</v>
+        <v>11755979275</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77947830400016</v>
+        <v>54009321800027</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>82380002338</v>
+        <v>98970383597</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77973955600016</v>
+        <v>75051209700056</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>82691178769</v>
+        <v>11930647893</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78574029101012</v>
+        <v>48953429700077</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="I20" s="3">
-        <v>11940392094</v>
+        <v>42680169768</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78633676800035</v>
+        <v>49050252300023</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="I21" s="3">
-        <v>52720018672</v>
+        <v>93131736613</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>79502361300016</v>
+        <v>51864644300029</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I22" s="3">
-        <v>76341281034</v>
+        <v>72330891433</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48769283200032</v>
+        <v>39992626000049</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>63</v>
+      </c>
+      <c r="I23" s="3">
+        <v>27210389121</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>48875631300034</v>
+        <v>40073444800022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>76300455030</v>
+        <v>31590340859</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>48908897100168</v>
+        <v>40102572100051</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D25" s="2"/>
+        <v>99</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>100</v>
+      </c>
       <c r="E25" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>18</v>
+        <v>103</v>
       </c>
       <c r="I25" s="3">
-        <v>93830380583</v>
+        <v>72240168224</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48953429700077</v>
+        <v>40332561600072</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="I26" s="3">
-        <v>42680169768</v>
+        <v>21520013052</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>49050252300023</v>
+        <v>40875084200044</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>114</v>
+        <v>92</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="I27" s="3">
-        <v>93131736613</v>
+        <v>24450194445</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>49347214600049</v>
+        <v>40996871600053</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>115</v>
+        <v>109</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>116</v>
+        <v>65</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I28" s="3">
-        <v>24280162628</v>
+        <v>82380565438</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>31065677200269</v>
+        <v>43366013100023</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>82690049869</v>
+        <v>63</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>114</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31065677200293</v>
+        <v>44973692500016</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>82690049869</v>
+        <v>52440435644</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>31754202500224</v>
+        <v>48769283200032</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="D31" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I31" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>31754202500521</v>
+        <v>48875631300034</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="I32" s="3">
-        <v>72330032933</v>
+        <v>76300455030</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>54009321800027</v>
+        <v>48908897100168</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>98970383597</v>
+        <v>93830380583</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>75051209700056</v>
+        <v>49347214600049</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>11930647893</v>
+        <v>24280162628</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>75246060000048</v>
+        <v>50260825000028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>95970196397</v>
+        <v>91660143166</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>51864644300029</v>
+        <v>51872913200069</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D36" s="2"/>
-      <c r="E36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>72330891433</v>
+        <v>91340755234</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>51872913200069</v>
+        <v>52037450500045</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>139</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>91340755234</v>
+        <v>25140235814</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>52037450500045</v>
+        <v>53060076600022</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>25140235814</v>
+        <v>91300315630</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>53060076600022</v>
+        <v>53226832300047</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D39" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I39" s="3">
-        <v>91300315630</v>
+        <v>91660160066</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>50260825000028</v>
+        <v>75246060000048</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="3">
-        <v>91660143166</v>
+        <v>95970196397</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>34025508200034</v>
+        <v>77947830400016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>60</v>
+        <v>155</v>
       </c>
       <c r="I41" s="3">
-        <v>11750848275</v>
+        <v>82380002338</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>53226832300047</v>
+        <v>77973955600016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D42" s="2" t="s">
         <v>156</v>
       </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="I42" s="3">
-        <v>91660160066</v>
+        <v>82691178769</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>79911122400025</v>
+        <v>78574029101012</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>11931039793</v>
+        <v>11940392094</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>79911122400033</v>
+        <v>78633676800035</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>111</v>
+        <v>164</v>
       </c>
       <c r="I44" s="3">
-        <v>11931039793</v>
+        <v>52720018672</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>80164130900019</v>
+        <v>79502361300016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>60</v>
+        <v>89</v>
       </c>
       <c r="I45" s="3">
-        <v>98970421797</v>
+        <v>76341281034</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>81113876700041</v>
+        <v>79911122400025</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>80</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>93131678113</v>
+        <v>11931039793</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>81243489200012</v>
+        <v>79911122400033</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="I47" s="3">
-        <v>76310846031</v>
+        <v>11931039793</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>81245347000039</v>
+        <v>80164130900019</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>172</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="D48" s="2"/>
+      <c r="E48" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="E48" s="2" t="s">
+      <c r="F48" s="2" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="I48" s="3">
-        <v>28140291514</v>
+        <v>98970421797</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>81361018500031</v>
+        <v>81113876700041</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>176</v>
       </c>
-      <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
-        <v>84691430669</v>
+        <v>93131678113</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82236013700043</v>
+        <v>81243489200012</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>103</v>
+      </c>
+      <c r="I50" s="3">
+        <v>76310846031</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82352690000019</v>
+        <v>81245347000039</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="E51" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="D51" s="2"/>
-      <c r="E51" s="2" t="s">
+      <c r="F51" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="I51" s="3">
-        <v>84730189873</v>
+        <v>28140291514</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82409268800012</v>
+        <v>81361018500031</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
-        <v>11930762893</v>
+        <v>84691430669</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82409268800111</v>
+        <v>82236013700043</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11930762893</v>
+        <v>63</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>191</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82409268800178</v>
+        <v>82352690000019</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
-        <v>11930762893</v>
+        <v>84730189873</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82409268800251</v>
+        <v>82409268800012</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="3">
         <v>11930762893</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814200652</v>
+        <v>82409268800111</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201056</v>
+        <v>82409268800178</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>190</v>
+        <v>199</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>82422814201163</v>
+        <v>82409268800251</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>190</v>
+        <v>202</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>82491077200014</v>
+        <v>82422814200652</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>85</v>
+        <v>18</v>
       </c>
       <c r="I59" s="3">
-        <v>11756064875</v>
+        <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>82516103700023</v>
+        <v>82422814201056</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
-        <v>11770623477</v>
+        <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>82911867800020</v>
+        <v>82422814201163</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I61" s="3" t="s">
-        <v>207</v>
+      <c r="I61" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>83999969500019</v>
+        <v>82491077200014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>209</v>
+        <v>74</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>155</v>
+      </c>
+      <c r="I62" s="3">
+        <v>11756064875</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>84924385200019</v>
+        <v>82516103700023</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>212</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>71</v>
+        <v>211</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I63" s="3" t="s">
-        <v>215</v>
+      <c r="I63" s="3">
+        <v>11770623477</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>87949360900017</v>
+        <v>82911867800020</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I64" s="3">
-        <v>11755979275</v>
+      <c r="I64" s="3" t="s">
+        <v>215</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>89079142900016</v>
+        <v>83999969500019</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>76341086134</v>
+        <v>155</v>
+      </c>
+      <c r="I65" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>89226049800019</v>
+        <v>89079142900016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>84420349642</v>
+        <v>76341086134</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>90003816700038</v>
+        <v>89226049800019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="F67" s="2" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>76120101012</v>
+        <v>84420349642</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>90188927900013</v>
+        <v>90003816700038</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>85</v>
+        <v>34</v>
       </c>
       <c r="I68" s="3">
-        <v>76311077631</v>
+        <v>76120101012</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>90200863000029</v>
+        <v>90188927900013</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="F69" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>155</v>
+      </c>
+      <c r="I69" s="3">
+        <v>76311077631</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>90402489000025</v>
+        <v>90200863000029</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>75160116116</v>
+        <v>18</v>
+      </c>
+      <c r="I70" s="3" t="s">
+        <v>235</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>90756462900018</v>
+        <v>90315234600024</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I71" s="3">
-        <v>84691902669</v>
+        <v>93131978113</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>91040224700019</v>
+        <v>90756462900018</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>76660266466</v>
+        <v>84691902669</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>91276257200010</v>
+        <v>91040224700019</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="F73" s="2" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I73" s="3">
-        <v>76311145231</v>
+        <v>76660266466</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>91346347700020</v>
+        <v>91276257200010</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>18</v>
+      </c>
+      <c r="I74" s="3">
+        <v>76311145231</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>91780509500010</v>
+        <v>91346347700020</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>11930972993</v>
+        <v>63</v>
+      </c>
+      <c r="I75" s="3" t="s">
+        <v>251</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>91808493000018</v>
+        <v>91780509500010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>44670721167</v>
+        <v>11930972993</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>92478986000021</v>
+        <v>91808493000018</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>18</v>
+        <v>89</v>
       </c>
       <c r="I77" s="3">
-        <v>93840514884</v>
+        <v>44670721167</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>92986656400024</v>
+        <v>92478986000021</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I78" s="3" t="s">
-        <v>262</v>
+      <c r="I78" s="3">
+        <v>93840514884</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>93478023000017</v>
+        <v>92986656400024</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-        <v>32591285759</v>
+        <v>18</v>
+      </c>
+      <c r="I79" s="3" t="s">
+        <v>264</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>94958022900019</v>
+        <v>93478023000017</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>101</v>
+        <v>267</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>18</v>
+        <v>268</v>
       </c>
       <c r="I80" s="3">
-        <v>75640557564</v>
+        <v>32591285759</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>94964088200021</v>
+        <v>94958022900019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>269</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
         <v>270</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>271</v>
+        <v>121</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I81" s="3">
-        <v>76110199311</v>
+        <v>75640557564</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>97844786000013</v>
+        <v>94964088200021</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="F82" s="2" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I82" s="3"/>
+      <c r="I82" s="3">
+        <v>76110199311</v>
+      </c>
       <c r="J82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>97845457700013</v>
+        <v>97844786000013</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
+        <v>275</v>
+      </c>
+      <c r="F83" s="2" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I83" s="3"/>
       <c r="J83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>97847114200015</v>
+        <v>97845457700013</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>277</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
         <v>278</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I84" s="3"/>
       <c r="J84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>97860329800024</v>
+        <v>97847114200015</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>280</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I85" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="3"/>
       <c r="J85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>97861952600012</v>
+        <v>97860329800024</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I86" s="3">
-        <v>93840522284</v>
+        <v>84692493969</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>97863559700013</v>
+        <v>97861952600012</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I87" s="3">
-        <v>52441209944</v>
+        <v>93840522284</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>97865277400016</v>
+        <v>97863559700013</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I88" s="3"/>
+      <c r="I88" s="3">
+        <v>52441209944</v>
+      </c>
       <c r="J88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M88" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
+      <c r="A89" s="1">
+        <v>97865277400016</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I89" s="3"/>
+      <c r="J89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L89" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M89" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4610,31 +4651,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 13:47:55</dc:description>
+  <dc:description>Export en date du 02/08/2026 10:28:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>