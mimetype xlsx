--- v1 (2026-02-08)
+++ v2 (2026-02-08)
@@ -4651,31 +4651,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 10:28:32</dc:description>
+  <dc:description>Export en date du 02/08/2026 11:45:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>