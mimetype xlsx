--- v2 (2026-02-08)
+++ v3 (2026-03-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="291">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -226,557 +226,578 @@
   <si>
     <t>17/10/1992</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>IFIR ARL (AIN-RHONE-LOIRE)</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>JMSA FORMATION CONSEIL</t>
   </si>
   <si>
     <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>30/11/2020</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>PROFESSION SPORT &amp; LOISIRS DORDOGNE PSL 24</t>
+  </si>
+  <si>
+    <t>PSL24</t>
+  </si>
+  <si>
+    <t>44 RUE SERGENT BONNELIE 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>POINFOR</t>
+  </si>
+  <si>
+    <t>ZI LES FRANCHISES 132 RUE DE LA POUDRIERE 52200 LANGRES</t>
+  </si>
+  <si>
+    <t>18/07/2012</t>
+  </si>
+  <si>
+    <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
+  </si>
+  <si>
+    <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE (IFA) SPORT ET ANIMATION RHONE-ALPES</t>
+  </si>
+  <si>
+    <t>07/09/2022</t>
+  </si>
+  <si>
+    <t>ASS REG FORMATION METIER SPORT TOURISME</t>
+  </si>
+  <si>
+    <t>1 ALLEE DU PORT 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>ASS CLE ENTRE-DEUX "LIRE DIRE ECRIRE"</t>
+  </si>
+  <si>
+    <t>7 RUE DES FRERES 97414 ENTRE-DEUX</t>
+  </si>
+  <si>
+    <t>15/12/2004</t>
+  </si>
+  <si>
+    <t>04973221097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SANTERO PATRICE BERNARD  </t>
+  </si>
+  <si>
+    <t>27 CHEMIN DES ARNEYS 33480 CASTELNAU-DE-MEDOC</t>
+  </si>
+  <si>
+    <t>20/07/2004</t>
+  </si>
+  <si>
+    <t>86.90E</t>
+  </si>
+  <si>
+    <t>HAESA FORMATION</t>
+  </si>
+  <si>
+    <t>1 PASSAGE PAUL PERRIN 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>11/05/2003</t>
+  </si>
+  <si>
+    <t>SOLUTYS</t>
+  </si>
+  <si>
+    <t>CAMPUS PRIVE</t>
+  </si>
+  <si>
+    <t>CHEMIN DU PERIGORD 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>L'ENTREE DES ARTISTES</t>
+  </si>
+  <si>
+    <t>LE BOURGIDOU CHE FRICASSE ET PINEDE 30220 AIGUES-MORTES</t>
+  </si>
+  <si>
+    <t>01/12/2019</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE DE LA ROQUE D ANTHERON</t>
+  </si>
+  <si>
+    <t>QUARTIER LES CARRAIRES CHE DE LA DEVALADE 13640 LA ROQUE D'ANTHERON</t>
+  </si>
+  <si>
+    <t>31/12/2019</t>
+  </si>
+  <si>
+    <t>FORMAFLOW</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>OG FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DES LORIOTS 66700 ARGELES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>STADE FORMATION</t>
+  </si>
+  <si>
+    <t>27 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY</t>
+  </si>
+  <si>
+    <t>RES L AEROPLANE 99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>10/09/2019</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
+  </si>
+  <si>
+    <t>CRAF 2S</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>16 30 FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE MUREL RUE DU 19 MARS 1962 30200 BAGNOLS-SUR-CEZE</t>
+  </si>
+  <si>
+    <t>22/06/2015</t>
+  </si>
+  <si>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t>FORMA OUEST INSERTION</t>
+  </si>
+  <si>
+    <t>10 RUE POIVRE 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>27/09/2013</t>
+  </si>
+  <si>
+    <t>NUEVO CONSEIL ET FORMATION</t>
+  </si>
+  <si>
+    <t>6 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>KALAMUS GUADELOUPE</t>
+  </si>
+  <si>
+    <t>N 24-25 PETIT PEROU 24 LD ZA DUGAZON DE BOURGOGNE 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>24/07/2017</t>
+  </si>
+  <si>
+    <t>CENTRE A F R A T</t>
+  </si>
+  <si>
+    <t>314 CHE DU MANOIR 38112 AUTRANS-MEAUDRE EN VERCORS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCAT &amp; ORIENT</t>
+  </si>
+  <si>
+    <t>69930 SAINT-LAURENT-DE-CHAMOUSSET</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>OGEC STE CATHERINE</t>
+  </si>
+  <si>
+    <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>25/12/1986</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KAUTER JULIE   </t>
+  </si>
+  <si>
+    <t>6 BOULEVARD DE LA LISSE 34630 SAINT-THIBERY</t>
+  </si>
+  <si>
+    <t>02/08/2013</t>
+  </si>
+  <si>
+    <t>NUEVO CFA</t>
+  </si>
+  <si>
+    <t>23/03/2023</t>
+  </si>
+  <si>
+    <t>A8 KALYSTA HAMEAU DE L'ANSE GOURAUD 97233 SCHŒLCHER</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>KREATIV FORMATION</t>
+  </si>
+  <si>
+    <t>APT 7 RES PULCHERIMA 11 T RUE DES ECOLIERS 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/04/2014</t>
+  </si>
+  <si>
+    <t>LUDORIUM</t>
+  </si>
+  <si>
+    <t>2 RUE ODETTE JASSE 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>24/03/2023</t>
+  </si>
+  <si>
+    <t>CVIFS - GROUPEMENT NAUTIQUE TOULOUSAIN</t>
+  </si>
+  <si>
+    <t>58 IMPASSE DE LA GLACIERE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>07/04/2015</t>
+  </si>
+  <si>
+    <t>CAMP ACADEMY ELITE NORMANDIE TRAINING</t>
+  </si>
+  <si>
+    <t>C.A.E.N. TRAINING</t>
+  </si>
+  <si>
+    <t>484 RUE ANTOINE DE SAINT-EXUPERY 14760 BRETTEVILLE-SUR-ODON</t>
+  </si>
+  <si>
+    <t>16/12/2019</t>
+  </si>
+  <si>
+    <t>INNOVAFORMATION</t>
+  </si>
+  <si>
+    <t>BAT 22 PARC DU CHENE 30 RUE DU 35EME REGIMENT D'AVIATION 69500 BRON</t>
+  </si>
+  <si>
+    <t>05/12/2017</t>
+  </si>
+  <si>
+    <t>APPRENTISSAGE - REUNION - FORMATION. AP-RUN-FORMATION</t>
+  </si>
+  <si>
+    <t>IMMEUBLE TRITON 7 BOULEVARD DU CHAUDRON 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>22/06/2022</t>
+  </si>
+  <si>
+    <t>04973240497</t>
+  </si>
+  <si>
+    <t>HAPPY RESORT</t>
+  </si>
+  <si>
+    <t>162 RUE DE LA CHARMETTE 73500 MODANE</t>
+  </si>
+  <si>
+    <t>01/09/2015</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>56-58 56 AVENUE DU DANEMARK 37100 TOURS</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
+  </si>
+  <si>
+    <t>KERVALH 56400 BRECH</t>
+  </si>
+  <si>
+    <t>ANIM&amp;TAP EDUCATION</t>
+  </si>
+  <si>
+    <t>24 RUE DE CONSTANTINOPLE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>INSTITUT ASSURFORMATION</t>
+  </si>
+  <si>
+    <t>REZ DE CHAUSSEE 3 PLACE DE LA MARLIERE 77680 ROISSY-EN-BRIE</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>SASU DEFI</t>
+  </si>
+  <si>
+    <t>IMMEUBLE CANOPEE 2 LIEUDIT BEAUSEJOUR 26 RUE DU CENTRE 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>17/07/2020</t>
+  </si>
+  <si>
+    <t>04973104197</t>
+  </si>
+  <si>
+    <t>INITIATIV'</t>
+  </si>
+  <si>
+    <t>CHE DE LA SAVANE BRULEE 97131 PETIT CANAL</t>
+  </si>
+  <si>
+    <t>19/05/2018</t>
+  </si>
+  <si>
+    <t>01973196197</t>
+  </si>
+  <si>
+    <t>ANIM&amp;COM CONSULTANT</t>
+  </si>
+  <si>
+    <t>26/11/2019</t>
+  </si>
+  <si>
+    <t>PURPLE CAMPUS</t>
+  </si>
+  <si>
+    <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
+  </si>
+  <si>
+    <t>01/01/2021</t>
+  </si>
+  <si>
+    <t>FORMATIONS PROFESSIONNELLES FOREZIENNES</t>
+  </si>
+  <si>
+    <t>6 ALLEE DE LA CASCADE 42600 MONTBRISON</t>
+  </si>
+  <si>
+    <t>16/12/2020</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT D'ENSEIGNEMENT SUPERIEUR CONSULAIRE BUSINESS CAMPUS AVEYRON</t>
+  </si>
+  <si>
+    <t>THE VILLAGE 1 RUE HENRI MICHEL 12400 SAINT-AFFRIQUE</t>
+  </si>
+  <si>
+    <t>21/06/2021</t>
+  </si>
+  <si>
+    <t>ECOLE TREMPLINS DU SPORT</t>
+  </si>
+  <si>
+    <t>CFA COMMERCE ET SERVICES 21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>16/07/2021</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE SERVICES NUMERIQUES ET D'ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>204 ROCADE DES CITES UNIES 97115 SAINTE-ROSE</t>
+  </si>
+  <si>
+    <t>04/01/2022</t>
+  </si>
+  <si>
+    <t>01973341197</t>
+  </si>
+  <si>
+    <t>KAALI FORMATION</t>
+  </si>
+  <si>
+    <t>POLE D'ACTIVITE LES MILLES 5 RUE CHARLES DUCHESNE 13290 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
     <t>FORMOPOST</t>
   </si>
   <si>
     <t>73 RUE JEAN JAURES 16100 COGNAC</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
-    <t>ANIM&amp;COM CONSULTANT</t>
-[...496 lines deleted...]
-  <si>
     <t>K-DECOLLE</t>
   </si>
   <si>
     <t>19 PLACE DE LA FERRANDIERE 69003 LYON</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>DNS FORMATION</t>
   </si>
   <si>
     <t>31 RUE JOSEPH-LOUIS DUC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>04/02/2022</t>
   </si>
   <si>
     <t>SAM &amp; FT ACCOMPAGNEMENT</t>
   </si>
   <si>
     <t>4 AVENUE CAMILLE PUJOL 31500 TOULOUSE</t>
   </si>
   <si>
     <t>19/04/2022</t>
@@ -821,50 +842,65 @@
     <t>03/01/2025</t>
   </si>
   <si>
     <t>CENTRE D'ACQUISITION DE CONNAISSANCES ET DE COMPETENCES</t>
   </si>
   <si>
     <t>RUE CHARLES PORTECOP 97112 GRAND BOURG</t>
   </si>
   <si>
     <t>01/06/2024</t>
   </si>
   <si>
     <t>01973622497</t>
   </si>
   <si>
     <t>TRAJECTIO FORMATION</t>
   </si>
   <si>
     <t>105 RUE D'ARTOIS 59000 LILLE</t>
   </si>
   <si>
     <t>25/10/2024</t>
   </si>
   <si>
     <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ANIM PLUS</t>
+  </si>
+  <si>
+    <t>1313 ROUTE DE COCOYER 97190 LE GOSIER</t>
+  </si>
+  <si>
+    <t>10/02/2025</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>01973692597</t>
   </si>
   <si>
     <t>EVOLUVAEPROJET</t>
   </si>
   <si>
     <t>71 RUE CROUTZETTES 64870 ESCOUT</t>
   </si>
   <si>
     <t>INSULA FORMATION</t>
   </si>
   <si>
     <t>PARC MARAUSSAN III 56 ROUTE DE LUNES 11100 NARBONNE</t>
   </si>
   <si>
     <t>26/11/2024</t>
   </si>
   <si>
     <t>CAMPUS PRIVE ROUEN</t>
   </si>
   <si>
     <t>57 AVENUE DE BRETAGNE 76100 ROUEN</t>
   </si>
   <si>
     <t>31/07/2023</t>
   </si>
@@ -1269,51 +1305,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M89"/>
+  <dimension ref="A1:M92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1857,2787 +1893,2898 @@
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
         <v>22600085860</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>90402489000025</v>
+        <v>39992626000049</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I16" s="3">
-        <v>75160116116</v>
+        <v>27210389121</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>87949360900017</v>
+        <v>40073444800022</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>11755979275</v>
+        <v>31590340859</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>54009321800027</v>
+        <v>40102572100051</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="D18" s="2"/>
+      <c r="D18" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="I18" s="3">
-        <v>98970383597</v>
+        <v>72240168224</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>75051209700056</v>
+        <v>40332561600072</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>11930647893</v>
+        <v>21520013052</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48953429700077</v>
+        <v>40875084200044</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I20" s="3">
-        <v>42680169768</v>
+        <v>24450194445</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>49050252300023</v>
+        <v>40996871600053</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="I21" s="3">
-        <v>93131736613</v>
+        <v>82380565438</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>51864644300029</v>
+        <v>41430913800041</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="I22" s="3">
-        <v>72330891433</v>
+        <v>93130786613</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>39992626000049</v>
+        <v>43366013100023</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="I23" s="3">
-        <v>27210389121</v>
+      <c r="I23" s="3" t="s">
+        <v>96</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>40073444800022</v>
+        <v>43493696900022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>18</v>
+        <v>100</v>
       </c>
       <c r="I24" s="3">
-        <v>31590340859</v>
+        <v>72330620433</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>40102572100051</v>
+        <v>44973692500016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="I25" s="3">
-        <v>72240168224</v>
+        <v>52440435644</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>40332561600072</v>
+        <v>48769283200032</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D26" s="2"/>
+      <c r="D26" s="2" t="s">
+        <v>105</v>
+      </c>
       <c r="E26" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I26" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>40875084200044</v>
+        <v>48875631300034</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I27" s="3">
-        <v>24450194445</v>
+        <v>76300455030</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40996871600053</v>
+        <v>48908897100168</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>65</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>82380565438</v>
+        <v>93830380583</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>43366013100023</v>
+        <v>48953429700077</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>117</v>
+      </c>
+      <c r="I29" s="3">
+        <v>42680169768</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>44973692500016</v>
+        <v>49050252300023</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>87</v>
       </c>
       <c r="I30" s="3">
-        <v>52440435644</v>
+        <v>93131736613</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>48769283200032</v>
+        <v>49347214600049</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I31" s="3"/>
+      <c r="I31" s="3">
+        <v>24280162628</v>
+      </c>
       <c r="J31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48875631300034</v>
+        <v>50260825000028</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>89</v>
+        <v>18</v>
       </c>
       <c r="I32" s="3">
-        <v>76300455030</v>
+        <v>91660143166</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>48908897100168</v>
+        <v>51864644300029</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>127</v>
+        <v>86</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>93830380583</v>
+        <v>72330891433</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>49347214600049</v>
+        <v>51872913200069</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>129</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>130</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>24280162628</v>
+        <v>91340755234</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>50260825000028</v>
+        <v>52037450500045</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>133</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>134</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>91660143166</v>
+        <v>25140235814</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>51872913200069</v>
+        <v>53060076600022</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I36" s="3">
-        <v>91340755234</v>
+        <v>91300315630</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>52037450500045</v>
+        <v>53226832300047</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="I37" s="3">
-        <v>25140235814</v>
+        <v>91660160066</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>53060076600022</v>
+        <v>54009321800027</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I38" s="3">
-        <v>91300315630</v>
+        <v>98970383597</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>53226832300047</v>
+        <v>75051209700056</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I39" s="3">
-        <v>91660160066</v>
+        <v>11930647893</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>75246060000048</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I40" s="3">
         <v>95970196397</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>77947830400016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I41" s="3">
         <v>82380002338</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>77973955600016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I42" s="3">
         <v>82691178769</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>78574029101012</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
         <v>11940392094</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>78633676800035</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I44" s="3">
         <v>52720018672</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>79502361300016</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="I45" s="3">
         <v>76341281034</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>79911122400025</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>80</v>
+        <v>148</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
         <v>11931039793</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>79911122400033</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="I47" s="3">
         <v>11931039793</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>80164130900019</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="I48" s="3">
         <v>98970421797</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>81113876700041</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I49" s="3">
         <v>93131678113</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>81243489200012</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>103</v>
+        <v>80</v>
       </c>
       <c r="I50" s="3">
         <v>76310846031</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>81245347000039</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D51" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="3">
         <v>28140291514</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>81361018500031</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I52" s="3">
         <v>84691430669</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>82236013700043</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>82352690000019</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I54" s="3">
         <v>84730189873</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I55" s="3">
         <v>11930762893</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>82409268800111</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I56" s="3">
         <v>11930762893</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>82409268800178</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I57" s="3">
         <v>11930762893</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>82409268800251</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I58" s="3">
         <v>11930762893</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>82422814200652</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I59" s="3">
         <v>11930743393</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>82422814201056</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I60" s="3">
         <v>11930743393</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>82422814201163</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I61" s="3">
         <v>11930743393</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>82491077200014</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>74</v>
+        <v>209</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I62" s="3">
         <v>11756064875</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>82516103700023</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I63" s="3">
         <v>11770623477</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>82911867800020</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>83999969500019</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>89079142900016</v>
+        <v>87949360900017</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>221</v>
+        <v>209</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I66" s="3">
-        <v>76341086134</v>
+        <v>11755979275</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>89226049800019</v>
+        <v>89079142900016</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I67" s="3">
-        <v>84420349642</v>
+        <v>76341086134</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>90003816700038</v>
+        <v>89226049800019</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I68" s="3">
-        <v>76120101012</v>
+        <v>84420349642</v>
       </c>
       <c r="J68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>90188927900013</v>
+        <v>90003816700038</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>155</v>
+        <v>34</v>
       </c>
       <c r="I69" s="3">
-        <v>76311077631</v>
+        <v>76120101012</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>90200863000029</v>
+        <v>90188927900013</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>156</v>
+      </c>
+      <c r="I70" s="3">
+        <v>76311077631</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>90315234600024</v>
+        <v>90200863000029</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>238</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I71" s="3">
-        <v>93131978113</v>
+      <c r="I71" s="3" t="s">
+        <v>239</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M71" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>90756462900018</v>
+        <v>90315234600024</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I72" s="3">
-        <v>84691902669</v>
+        <v>93131978113</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>91040224700019</v>
+        <v>90402489000025</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I73" s="3">
-        <v>76660266466</v>
+        <v>75160116116</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>91276257200010</v>
+        <v>90756462900018</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I74" s="3">
-        <v>76311145231</v>
+        <v>84691902669</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>91346347700020</v>
+        <v>91040224700019</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="I75" s="3" t="s">
-        <v>251</v>
+      <c r="I75" s="3">
+        <v>76660266466</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>91780509500010</v>
+        <v>91276257200010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>252</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>253</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>254</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I76" s="3">
-        <v>11930972993</v>
+        <v>76311145231</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>91808493000018</v>
+        <v>91346347700020</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="2" t="s">
         <v>255</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
         <v>256</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>257</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>44670721167</v>
+        <v>63</v>
+      </c>
+      <c r="I77" s="3" t="s">
+        <v>258</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>92478986000021</v>
+        <v>91780509500010</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I78" s="3">
-        <v>93840514884</v>
+        <v>11930972993</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>92986656400024</v>
+        <v>91808493000018</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>264</v>
+        <v>87</v>
+      </c>
+      <c r="I79" s="3">
+        <v>44670721167</v>
       </c>
       <c r="J79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>93478023000017</v>
+        <v>92478986000021</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>265</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
         <v>266</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>267</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>268</v>
+        <v>18</v>
       </c>
       <c r="I80" s="3">
-        <v>32591285759</v>
+        <v>93840514884</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>94958022900019</v>
+        <v>92986656400024</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I81" s="3">
-        <v>75640557564</v>
+      <c r="I81" s="3" t="s">
+        <v>271</v>
       </c>
       <c r="J81" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>94964088200021</v>
+        <v>93478023000017</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>18</v>
+        <v>275</v>
       </c>
       <c r="I82" s="3">
-        <v>76110199311</v>
+        <v>32591285759</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>97844786000013</v>
+        <v>94055078300010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I83" s="3"/>
+        <v>279</v>
+      </c>
+      <c r="I83" s="3" t="s">
+        <v>280</v>
+      </c>
       <c r="J83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>97845457700013</v>
+        <v>94958022900019</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>276</v>
+        <v>107</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I84" s="3"/>
+      <c r="I84" s="3">
+        <v>75640557564</v>
+      </c>
       <c r="J84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>97847114200015</v>
+        <v>94964088200021</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I85" s="3"/>
+      <c r="I85" s="3">
+        <v>76110199311</v>
+      </c>
       <c r="J85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M85" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>97860329800024</v>
+        <v>97844786000013</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I86" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="3"/>
       <c r="J86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>97861952600012</v>
+        <v>97845457700013</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I87" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I87" s="3"/>
       <c r="J87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>97863559700013</v>
+        <v>97847114200015</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="F88" s="2" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I88" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I88" s="3"/>
       <c r="J88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M88" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>97865277400016</v>
+        <v>97860329800024</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I89" s="3"/>
+      <c r="I89" s="3">
+        <v>84692493969</v>
+      </c>
       <c r="J89" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K89" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M89" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13">
+      <c r="A90" s="1">
+        <v>97861952600012</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="D90" s="2"/>
+      <c r="E90" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="G90" s="2"/>
+      <c r="H90" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I90" s="3">
+        <v>93840522284</v>
+      </c>
+      <c r="J90" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L90" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M90" s="2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13">
+      <c r="A91" s="1">
+        <v>97863559700013</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>299</v>
+      </c>
+      <c r="D91" s="2"/>
+      <c r="E91" s="2" t="s">
+        <v>300</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="G91" s="2"/>
+      <c r="H91" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I91" s="3">
+        <v>52441209944</v>
+      </c>
+      <c r="J91" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L91" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M91" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13">
+      <c r="A92" s="1">
+        <v>97865277400016</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D92" s="2"/>
+      <c r="E92" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="G92" s="2"/>
+      <c r="H92" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92" s="3"/>
+      <c r="J92" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="K92" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="L92" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="M92" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4651,31 +4798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 11:45:14</dc:description>
+  <dc:description>Export en date du 03/26/2026 18:31:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>