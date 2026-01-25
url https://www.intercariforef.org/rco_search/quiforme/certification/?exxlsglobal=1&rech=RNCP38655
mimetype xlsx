--- v0 (2025-10-18)
+++ v1 (2026-01-25)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL D'ENSEIGNEMENT SUPERIEUR POUR L'AGRICULTURE L'ALIMENTATION ET L'ENVIRONNEMENT</t>
   </si>
   <si>
     <t>42 RUE SCHEFFER 75016 PARIS</t>
   </si>
   <si>
     <t>28/12/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -367,89 +367,116 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LIMOGES ET DU NORD HAUTE-VIENNE</t>
   </si>
   <si>
     <t>LEGTPA LIMOGES LES VASEIX</t>
   </si>
   <si>
     <t>LES VASEIX 87430 VERNEUIL-SUR-VIENNE</t>
   </si>
   <si>
     <t>7487P001887</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D’ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE SAINT-JOSEPH</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE ANGELO LAURET</t>
   </si>
   <si>
     <t>24 RUE RAPHAEL BABET 97480 SAINT-JOSEPH</t>
   </si>
   <si>
     <t>20/09/1984</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>MFR-IREO LES HERBIERS</t>
+  </si>
+  <si>
+    <t>14 RUE DE LA CHESNAIE 85500 LES HERBIERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>25/11/2021</t>
+  </si>
+  <si>
+    <t>MAIS FAMIL RURAL EDUC ORIENT</t>
+  </si>
+  <si>
+    <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE HAUT VAUCLUSE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE BELLEVUE 1 ROUTE DE MONTSOLEIL 84500 BOLLENE</t>
+  </si>
+  <si>
+    <t>12/07/2017</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>LYCEE ROBERT SCHUMAN</t>
   </si>
   <si>
     <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
   </si>
   <si>
     <t>01/09/1996</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE HAUT VAUCLUSE</t>
-[...10 lines deleted...]
-  <si>
     <t>LEAP TERRE NOUVELLE</t>
   </si>
   <si>
     <t>2 AV DES MARTYRS DE LA RESISTANCE 48100 MARVEJOLS</t>
   </si>
   <si>
     <t>19/03/1987</t>
   </si>
   <si>
     <t>ASSOCIATION ECOLE CH CHEVILLOTTE LE NIVO</t>
   </si>
   <si>
     <t>LD LE NIVOT 29590 LOPEREC</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>INST FORMATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
   </si>
   <si>
     <t>25/12/1999</t>
   </si>
   <si>
     <t>O.G.E.C.GROUPE SCOLAIRE LASALLE</t>
   </si>
   <si>
     <t>L.A.T.P. LASALLE LEVIER</t>
   </si>
   <si>
     <t>1 PL ALEXIS ET NESTOR CRETIN 25270 LEVIER</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>PLACE DES ECOLES 5 ROUTE DU CALVAIRE 63740 GELLES</t>
   </si>
   <si>
     <t>28/03/1994</t>
@@ -470,77 +497,50 @@
     <t>MAIS FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LES QUATRE VENTS 88160 RAMONCHAMP</t>
   </si>
   <si>
     <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
   </si>
   <si>
     <t>70 RUE FAIDHERBE 59360 LE CATEAU-CAMBRESIS</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
   </si>
   <si>
     <t>29 RUE DE RENNES 44590 DERVAL</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/09/1959</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1945,638 +1945,638 @@
       <c r="F27" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="3">
         <v>98970084497</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>40861705800016</v>
+        <v>30256516300011</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>120</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>22020059502</v>
+        <v>52850044785</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>81987284700028</v>
+        <v>31124794400011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>123</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>93840393884</v>
+        <v>82420259742</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77611178300010</v>
+        <v>33392505500019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I30" s="3"/>
+      <c r="I30" s="3">
+        <v>82260182926</v>
+      </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>77756667000017</v>
+        <v>81987284700028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I31" s="3">
-        <v>53290978029</v>
+        <v>93840393884</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77768390500023</v>
+        <v>40861705800016</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>53350320235</v>
+        <v>22020059502</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77832039000017</v>
+        <v>77611178300010</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>134</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77923126500017</v>
+        <v>77756667000017</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>138</v>
+        <v>120</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>83630356063</v>
+        <v>53290978029</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77929544300013</v>
+        <v>77768390500023</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>84010222601</v>
+        <v>53350320235</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78079125700014</v>
+        <v>77832039000017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I36" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78346443100015</v>
+        <v>77923126500017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>41880067088</v>
+        <v>83630356063</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78363847100020</v>
+        <v>77929544300013</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>31590580859</v>
+        <v>84010222601</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78595022100016</v>
+        <v>78079125700014</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>52440637244</v>
+        <v>23270000227</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78644691400016</v>
+        <v>78346443100015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>52850007685</v>
+        <v>41880067088</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>30256516300011</v>
+        <v>78363847100020</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>152</v>
+        <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="I41" s="3">
-        <v>52850044785</v>
+        <v>31590580859</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>31124794400011</v>
+        <v>78595022100016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>82420259742</v>
+        <v>52440637244</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>33392505500019</v>
+        <v>78644691400016</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>160</v>
+        <v>120</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I43" s="3">
-        <v>82260182926</v>
+        <v>52850007685</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2589,31 +2589,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 02:58:08</dc:description>
+  <dc:description>Export en date du 01/25/2026 22:54:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>