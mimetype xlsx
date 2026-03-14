--- v1 (2026-01-25)
+++ v2 (2026-03-14)
@@ -397,150 +397,150 @@
   <si>
     <t>14 RUE DE LA CHESNAIE 85500 LES HERBIERS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>25/11/2021</t>
   </si>
   <si>
     <t>MAIS FAMIL RURAL EDUC ORIENT</t>
   </si>
   <si>
     <t>LES MARECHAUX 848 ROUTE DE MONTBRISON 42600 MORNAND-EN-FOREZ</t>
   </si>
   <si>
     <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
   </si>
   <si>
     <t>01/09/1959</t>
   </si>
   <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>LEAP TERRE NOUVELLE</t>
+  </si>
+  <si>
+    <t>2 AV DES MARTYRS DE LA RESISTANCE 48100 MARVEJOLS</t>
+  </si>
+  <si>
+    <t>19/03/1987</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION RESPONSABLE LE NIVOT</t>
+  </si>
+  <si>
+    <t>LD LE NIVOT 29590 LOPEREC</t>
+  </si>
+  <si>
+    <t>INST FORMATION MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>ET 3B 1 RUE DES COTTERETS 35300 FOUGERES</t>
+  </si>
+  <si>
+    <t>25/12/1999</t>
+  </si>
+  <si>
+    <t>O.G.E.C.GROUPE SCOLAIRE LASALLE</t>
+  </si>
+  <si>
+    <t>L.A.T.P. LASALLE LEVIER</t>
+  </si>
+  <si>
+    <t>1 PL ALEXIS ET NESTOR CRETIN 25270 LEVIER</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>PLACE DES ECOLES 5 ROUTE DU CALVAIRE 63740 GELLES</t>
+  </si>
+  <si>
+    <t>28/03/1994</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>ASS DES AMIS DES CAMPAGNES</t>
+  </si>
+  <si>
+    <t>27400 CANAPPEVILLE</t>
+  </si>
+  <si>
+    <t>MAIS FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>LES QUATRE VENTS 88160 RAMONCHAMP</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
+  </si>
+  <si>
+    <t>70 RUE FAIDHERBE 59360 LE CATEAU-CAMBRESIS</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
+  </si>
+  <si>
+    <t>29 RUE DE RENNES 44590 DERVAL</t>
+  </si>
+  <si>
+    <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
+  </si>
+  <si>
+    <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE HAUT VAUCLUSE</t>
   </si>
   <si>
     <t>CHATEAU DE BELLEVUE 1 ROUTE DE MONTSOLEIL 84500 BOLLENE</t>
   </si>
   <si>
     <t>12/07/2017</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...88 lines deleted...]
-    <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1966,53 +1966,51 @@
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>30256516300011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>117</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>118</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>121</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I28" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>31124794400011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
@@ -2058,522 +2056,522 @@
       <c r="F30" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
         <v>82260182926</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>81987284700028</v>
+        <v>40861705800016</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>130</v>
+        <v>27</v>
       </c>
       <c r="I31" s="3">
-        <v>93840393884</v>
+        <v>22020059502</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>40861705800016</v>
+        <v>77611178300010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I32" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77611178300010</v>
+        <v>77756667000017</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>136</v>
+        <v>120</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>53290978029</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>77756667000017</v>
+        <v>77768390500023</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>120</v>
+        <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>53290978029</v>
+        <v>53350320235</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>77768390500023</v>
+        <v>77832039000017</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D35" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I35" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77832039000017</v>
+        <v>77923126500017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I36" s="3"/>
+      <c r="I36" s="3">
+        <v>83630356063</v>
+      </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77923126500017</v>
+        <v>77929544300013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>147</v>
+        <v>120</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3">
-        <v>83630356063</v>
+        <v>84010222601</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77929544300013</v>
+        <v>78079125700014</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>84010222601</v>
+        <v>23270000227</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78079125700014</v>
+        <v>78346443100015</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>23270000227</v>
+        <v>41880067088</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78346443100015</v>
+        <v>78363847100020</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>120</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="I40" s="3">
-        <v>41880067088</v>
+        <v>31590580859</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78363847100020</v>
+        <v>78595022100016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>31590580859</v>
+        <v>52440637244</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78595022100016</v>
+        <v>78644691400016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>120</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I42" s="3">
-        <v>52440637244</v>
+        <v>52850007685</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78644691400016</v>
+        <v>81987284700028</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>120</v>
+        <v>159</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
       <c r="I43" s="3">
-        <v>52850007685</v>
+        <v>93840393884</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -2589,31 +2587,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/25/2026 22:54:24</dc:description>
+  <dc:description>Export en date du 03/14/2026 17:20:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>