--- v0 (2025-11-28)
+++ v1 (2026-02-15)
@@ -214,138 +214,138 @@
   <si>
     <t>16 RUE EDOUARD BELIN 70000 VESOUL</t>
   </si>
   <si>
     <t>4370P000770</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
   </si>
   <si>
     <t>LIEU-DIT LA GERMINIERE 72700 ROUILLON</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLES DE LA DURANCE ET DU PAYS DES SORGUES</t>
   </si>
   <si>
     <t>LEGTA FRANCOIS PETRARQUE</t>
   </si>
   <si>
     <t>CAMPUS AGROPARC 3592 ROUTE DE MARSEILLE 84000 AVIGNON</t>
   </si>
   <si>
+    <t>ASS ECOLE PROFESSIONNELLE OUVRIERE AGRIC</t>
+  </si>
+  <si>
+    <t>51600 SOMME-SUIPPE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>LYCEE ISSAT</t>
+  </si>
+  <si>
+    <t>ECOLE AGRICULTURE LES CHATELETS</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>LYCEE ROBERT SCHUMAN</t>
+  </si>
+  <si>
+    <t>LEAP ROBERT SCHUMAN 10 ROUTE D’UGNY 02300 CHAUNY</t>
+  </si>
+  <si>
+    <t>01/09/1996</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>QUAI LES CHIROUZES 26760 MONTELEGER</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>31 ET 33 33 RUE ANATOLE LE BRAZ 22600 LOUDEAC</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...13 lines deleted...]
-  <si>
     <t>INSTITUT RURAL EDUCATION ET ORIENTATION</t>
   </si>
   <si>
     <t>LA BELINIERE 50420 CONDE-SUR-VIRE</t>
   </si>
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
     <t>ASS ENSEIG FOR PRF AGR BLAIN DERVAL</t>
   </si>
   <si>
     <t>29 RUE DE RENNES 44590 DERVAL</t>
   </si>
   <si>
     <t>MFREO INSTITUT RURAL DES MAUGES</t>
   </si>
   <si>
     <t>8 RUE DES CEDRES 49600 BEAUPREAU-EN-MAUGES</t>
   </si>
   <si>
     <t>MFR LA PIGNERIE</t>
   </si>
   <si>
     <t>LA PIGNERIE ROUTE DE L'HUISSERIE 53000 LAVAL</t>
   </si>
   <si>
     <t>MAIS FAMIL RURALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>10 RUE DU PAVE 85390 MOUILLERON-SAINT-GERMAIN</t>
-  </si>
-[...31 lines deleted...]
-    <t>20/07/1983</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1245,492 +1245,492 @@
         <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77739516100014</v>
+        <v>30235435200015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3">
-        <v>53220249322</v>
+        <v>44510203651</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39948808900026</v>
+        <v>32775402400013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="D16" s="2"/>
+      <c r="E16" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="E16" s="2" t="s">
+      <c r="F16" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>53351055135</v>
+        <v>53561002256</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78087648800013</v>
+        <v>39948808900026</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>25500013650</v>
+        <v>53351055135</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78392259400016</v>
+        <v>40861705800016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>32620323862</v>
+        <v>22020059502</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78595022100016</v>
+        <v>77568879901316</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>52440637244</v>
+        <v>11751561875</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78612761300010</v>
+        <v>77739516100014</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>52490276449</v>
+        <v>53220249322</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78627921600026</v>
+        <v>78087648800013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>52530000253</v>
+        <v>25500013650</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78642896100019</v>
+        <v>78392259400016</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>52850057385</v>
+        <v>32620323862</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>40861705800016</v>
+        <v>78595022100016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>22020059502</v>
+        <v>52440637244</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77568879901316</v>
+        <v>78612761300010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>11751561875</v>
+        <v>52490276449</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30235435200015</v>
+        <v>78627921600026</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>44510203651</v>
+        <v>52530000253</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>32775402400013</v>
+        <v>78642896100019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I26" s="3">
-        <v>53561002256</v>
+        <v>52850057385</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1743,31 +1743,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 10:12:28</dc:description>
+  <dc:description>Export en date du 02/15/2026 09:31:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>