--- v0 (2025-11-30)
+++ v1 (2026-01-21)
@@ -1463,31 +1463,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/30/2025 17:27:38</dc:description>
+  <dc:description>Export en date du 01/21/2026 21:10:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>