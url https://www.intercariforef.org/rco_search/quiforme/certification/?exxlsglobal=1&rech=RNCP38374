--- v1 (2026-01-21)
+++ v2 (2026-03-09)
@@ -133,84 +133,84 @@
   <si>
     <t>817 RUE CHARLES BOURSEUL 59500 DOUAI</t>
   </si>
   <si>
     <t>03/12/1991</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>3159P001659</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
   </si>
   <si>
     <t>GRETA LILLE METROPOLE</t>
   </si>
   <si>
     <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
   </si>
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
+    <t>IFCA</t>
+  </si>
+  <si>
+    <t>17 BOULEVARD D'ANVAUX 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AFPI ACM FORMATION</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2020</t>
-  </si>
-[...19 lines deleted...]
-    <t>70.22Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>RUE DE ROSEL 14000 CAEN</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
   </si>
@@ -854,193 +854,193 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I6" s="3">
         <v>31590895059</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78050734900048</v>
+        <v>41226820300038</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>22600001660</v>
+        <v>24360051536</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78050734900139</v>
+        <v>44531243200138</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I8" s="3">
-        <v>22600001660</v>
+        <v>31590578459</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>44531243200138</v>
+        <v>78050734900048</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I9" s="3">
-        <v>31590578459</v>
+        <v>22600001660</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>41226820300038</v>
+        <v>78050734900139</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="I10" s="3">
-        <v>24360051536</v>
+        <v>22600001660</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>33</v>
@@ -1463,31 +1463,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/21/2026 21:10:03</dc:description>
+  <dc:description>Export en date du 03/09/2026 11:11:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>