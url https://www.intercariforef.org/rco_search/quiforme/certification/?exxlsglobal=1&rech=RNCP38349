--- v0 (2025-10-13)
+++ v1 (2026-01-23)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="312">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL D'ENSEIGNEMENT SUPERIEUR POUR L'AGRICULTURE L'ALIMENTATION ET L'ENVIRONNEMENT</t>
   </si>
   <si>
     <t>42 RUE SCHEFFER 75016 PARIS</t>
   </si>
   <si>
     <t>28/12/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -670,161 +670,203 @@
   <si>
     <t>32 CHEMIN SAINT LAZARE 83400 HYERES</t>
   </si>
   <si>
     <t>9383P002883</t>
   </si>
   <si>
     <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
   </si>
   <si>
     <t>LEGTA DE CARPENTRAS</t>
   </si>
   <si>
     <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
   </si>
   <si>
     <t>9384P002684</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE LA ROCHE SUR YON</t>
   </si>
   <si>
     <t>RTE DE FONTENAY ALL DES DRUIDES 85000 ROCHE SUR YON (LA)</t>
   </si>
   <si>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE POITIERS-VENOURS</t>
+  </si>
+  <si>
+    <t>LEGTA VENOURS</t>
+  </si>
+  <si>
+    <t>VENOURS 86480 ROUILLE</t>
+  </si>
+  <si>
+    <t>5486P001186</t>
+  </si>
+  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DANIELLE MATHIRON DE THURE</t>
   </si>
   <si>
     <t>LPA DE THURE</t>
   </si>
   <si>
     <t>DOMAINE DES CHEVALIERS 86540 THURE</t>
   </si>
   <si>
     <t>5486P002586</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE VALDOIE</t>
   </si>
   <si>
     <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
   </si>
   <si>
     <t>95 RUE DE TURENNE 90300 VALDOIE</t>
   </si>
   <si>
     <t>4390P000790</t>
   </si>
   <si>
     <t>EPLEFPA FORMA'TERRA</t>
   </si>
   <si>
     <t>LEGTA EMILE BOYER DE LA GIRODAY</t>
   </si>
   <si>
     <t>165 ROUTE DE MAFATE 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
+    <t>CAMPUS TERRE ET NATURE</t>
+  </si>
+  <si>
+    <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>84.12Z</t>
+  </si>
+  <si>
+    <t>9111P089111</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE CHESSY</t>
+  </si>
+  <si>
+    <t>LE BOURG 68 AVENUE DE LA GARE 69380 CHESSY</t>
+  </si>
+  <si>
+    <t>01/10/1996</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>1154 ROUTE DES ALLUAZ 74380 BONNE</t>
+  </si>
+  <si>
+    <t>14/11/1984</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>CONVIVIO-HR</t>
+  </si>
+  <si>
+    <t>ETAB.OGEC ST JOSEPH-MESNIERES EN BRAY 76</t>
+  </si>
+  <si>
+    <t>LYCEE ST JOSEPH-INSTITUTION ST JOSEPH LE CHATEAU 76270 MESNIERES-EN-BRAY</t>
+  </si>
+  <si>
+    <t>01/06/2023</t>
+  </si>
+  <si>
+    <t>56.29B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
+    <t>CENTR FORMATION TECHNICIENS AGRICOLES</t>
+  </si>
+  <si>
+    <t>25 RUE PIERRE NEVEU 61410 LA FERTE MACE</t>
+  </si>
+  <si>
+    <t>01/01/1988</t>
+  </si>
+  <si>
     <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
   </si>
   <si>
     <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
   </si>
   <si>
     <t>07/06/1945</t>
   </si>
   <si>
     <t>ASS RESPONSABLE ETS D'ENSEIGNEMENT DE L INSTITUTION ST JOSEPHDE MESNIERES</t>
   </si>
   <si>
     <t>CHATEAU DE MESNIERES 76270 MESNIERES-EN-BRAY</t>
   </si>
   <si>
     <t>14/02/1979</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE CHESSY</t>
-[...52 lines deleted...]
-  <si>
     <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
   </si>
   <si>
     <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
@@ -832,63 +874,66 @@
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>70100 CHARGEY-LES-GRAY</t>
   </si>
   <si>
     <t>MAISON FAMILIALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA VERNEE 01960 PERONNAS</t>
   </si>
   <si>
     <t>CHAUMONT 38780 EYZIN-PINET</t>
   </si>
   <si>
-    <t>01/01/1988</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FAMIL GESTION ENSEIG AGRIC PRIVE</t>
   </si>
   <si>
     <t>4 RUE DES ECOLES 51370 THILLOIS</t>
   </si>
   <si>
     <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
   </si>
   <si>
     <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>MFR DE L ENTRE 2 MERS</t>
+  </si>
+  <si>
+    <t>67 RUE DU GESTAS 33670 LA SAUVE</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNEMENT AGRC PRIVE FONTLONGUE</t>
   </si>
   <si>
     <t>BOULEVARD THEODORE AUBANEL 13140 MIRAMAS</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>SYNDICAT AGRICOLE HAUTS CHAMPS</t>
   </si>
   <si>
     <t>RD 943 ROUTE DE SAINT OMER 62137 COULOGNE</t>
   </si>
@@ -1287,51 +1332,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M85"/>
+  <dimension ref="A1:M89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3441,1155 +3486,1305 @@
       <c r="F55" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="3">
         <v>52850109685</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19860818400018</v>
+        <v>19860718600014</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>218</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>219</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>221</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19900246000012</v>
+        <v>19860818400018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>223</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="3" t="s">
         <v>225</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>19974098600013</v>
+        <v>19900246000012</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>227</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>229</v>
+        <v>16</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I58" s="3">
-        <v>98970035397</v>
+      <c r="I58" s="3" t="s">
+        <v>229</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>42143242800017</v>
+        <v>19974098600013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>230</v>
       </c>
-      <c r="D59" s="2"/>
+      <c r="D59" s="2" t="s">
+        <v>231</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="3">
-        <v>11780222278</v>
+        <v>98970035397</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>52981754600011</v>
+        <v>20000746600010</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="I60" s="3"/>
+        <v>237</v>
+      </c>
+      <c r="I60" s="3" t="s">
+        <v>238</v>
+      </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>30292798300023</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="3">
         <v>82691138069</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>31150973100015</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="3">
         <v>53290350229</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>31569851400017</v>
+        <v>33499365600019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="I63" s="3">
-        <v>91340104934</v>
+        <v>82740251174</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>33499365600019</v>
+        <v>33509397700015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="3">
-        <v>82740251174</v>
+        <v>82691206369</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>33509397700015</v>
+        <v>33893910102358</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>251</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>252</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>34238263700011</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I66" s="3">
         <v>52490003849</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>77551109000018</v>
+        <v>41461021200014</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="I67" s="3">
-        <v>24450000345</v>
+        <v>25610010561</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>77568879900078</v>
+        <v>42143242800017</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>257</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>242</v>
+        <v>264</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="3">
-        <v>11751561875</v>
+        <v>11780222278</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>77660306000018</v>
+        <v>52981754600011</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>242</v>
+        <v>267</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="I69" s="3"/>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>77769814300024</v>
+        <v>77551109000018</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="3">
-        <v>53350783835</v>
+        <v>24450000345</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>77774619900010</v>
+        <v>77568879900078</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>271</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>272</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>266</v>
+        <v>273</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="3">
-        <v>53350117135</v>
+        <v>11751561875</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>77850148600014</v>
+        <v>77660306000018</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="I72" s="3">
-        <v>43700062970</v>
+        <v>82740107174</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>77933737700021</v>
+        <v>77769814300024</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>251</v>
+        <v>278</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="3">
-        <v>82010144301</v>
+        <v>53350783835</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>77950951200017</v>
+        <v>77774619900010</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>246</v>
+        <v>279</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>272</v>
+        <v>244</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>236</v>
+        <v>33</v>
       </c>
       <c r="I74" s="3">
-        <v>82380067138</v>
+        <v>53350117135</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>78044047500017</v>
+        <v>77850148600014</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I75" s="3"/>
+        <v>268</v>
+      </c>
+      <c r="I75" s="3">
+        <v>43700062970</v>
+      </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>78071394700015</v>
+        <v>77933737700021</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I76" s="3"/>
+      <c r="I76" s="3">
+        <v>82010144301</v>
+      </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>78274968300010</v>
+        <v>77950951200017</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>277</v>
+        <v>245</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>33</v>
+        <v>268</v>
       </c>
       <c r="I77" s="3">
-        <v>93131473813</v>
+        <v>82380067138</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>78346979400011</v>
+        <v>78044047500017</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I78" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>78362626000013</v>
+        <v>78071394700015</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>78398196200013</v>
+        <v>78201137300019</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>285</v>
+        <v>33</v>
       </c>
       <c r="I80" s="3">
-        <v>31620031362</v>
+        <v>72330845333</v>
       </c>
       <c r="J80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>78596647400013</v>
+        <v>78274968300010</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>288</v>
+        <v>244</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="3">
-        <v>52440459544</v>
+        <v>93131473813</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>78612761300010</v>
+        <v>78346979400011</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="3">
-        <v>52490276449</v>
+        <v>41880003688</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>78618852400015</v>
+        <v>78362626000013</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="I83" s="3">
-        <v>52490100849</v>
+        <v>31590008059</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M83" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>78626209700011</v>
+        <v>78398196200013</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I84" s="3"/>
+        <v>300</v>
+      </c>
+      <c r="I84" s="3">
+        <v>31620031362</v>
+      </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>78642328500018</v>
+        <v>78596647400013</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>242</v>
+        <v>303</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="3">
+        <v>52440459544</v>
+      </c>
+      <c r="J85" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K85" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L85" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M85" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13">
+      <c r="A86" s="1">
+        <v>78612761300010</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="D86" s="2"/>
+      <c r="E86" s="2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G86" s="2"/>
+      <c r="H86" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I86" s="3">
+        <v>52490276449</v>
+      </c>
+      <c r="J86" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L86" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M86" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13">
+      <c r="A87" s="1">
+        <v>78618852400015</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="D87" s="2"/>
+      <c r="E87" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G87" s="2"/>
+      <c r="H87" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I87" s="3">
+        <v>52490100849</v>
+      </c>
+      <c r="J87" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K87" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L87" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M87" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13">
+      <c r="A88" s="1">
+        <v>78626209700011</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="D88" s="2"/>
+      <c r="E88" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G88" s="2"/>
+      <c r="H88" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I88" s="3"/>
+      <c r="J88" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K88" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L88" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M88" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13">
+      <c r="A89" s="1">
+        <v>78642328500018</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2" t="s">
+        <v>311</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>244</v>
+      </c>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="I89" s="3">
         <v>52850150785</v>
       </c>
-      <c r="J85" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M85" s="2" t="s">
+      <c r="J89" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L89" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4603,31 +4798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/13/2025 08:56:01</dc:description>
+  <dc:description>Export en date du 01/23/2026 12:43:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>