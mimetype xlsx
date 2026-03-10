--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -4798,31 +4798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 12:43:30</dc:description>
+  <dc:description>Export en date du 03/10/2026 11:30:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>