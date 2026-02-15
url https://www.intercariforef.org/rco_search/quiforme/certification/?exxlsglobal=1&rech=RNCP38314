--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -901,95 +901,143 @@
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
     <t>ECOLE DU BREUIL</t>
   </si>
   <si>
     <t>BOIS DE VINCENNES ROUTE DE LA FERME 75012 PARIS</t>
   </si>
   <si>
     <t>02/07/2018</t>
   </si>
   <si>
     <t>84.13Z</t>
   </si>
   <si>
+    <t>ASSOC INSTITUTION FAMILIALE STE THERESE</t>
+  </si>
+  <si>
+    <t>CENTRE HORTICOLE DU LONDEL</t>
+  </si>
+  <si>
+    <t>60 RUE DE LA FOLIE 14000 CAEN</t>
+  </si>
+  <si>
+    <t>20/09/1989</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>OGEC FENELON VAUJOURS</t>
+  </si>
+  <si>
+    <t>1 RUE DE MONTAUBAN 93410 VAUJOURS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>1 BOULEVARD PASTEUR 56230 QUESTEMBERT</t>
+  </si>
+  <si>
+    <t>24/01/1986</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
     <t>ASS DEP FORM PERF AGRICUL</t>
   </si>
   <si>
-    <t>10 RUE DES SILOS 05000 GAP</t>
+    <t>3 RUE PAUL AUBERT 05000 GAP</t>
   </si>
   <si>
     <t>02/03/1992</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE ISSAT</t>
   </si>
   <si>
     <t>ECOLE AGRICULTURE LES CHATELETS</t>
   </si>
   <si>
     <t>6 RUE DE LA MAILLARDAIE 35600 REDON</t>
   </si>
   <si>
     <t>01/09/1993</t>
   </si>
   <si>
+    <t>AFGEEAP</t>
+  </si>
+  <si>
+    <t>VALS ST DOMINIQUE RUE DE LA ROCHE ARNAUD 43000 LE PUY-EN-VELAY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE ST-JEAN</t>
   </si>
   <si>
     <t>L HERMITAGE 95110 SANNOIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>MAISON ST ANTOINE</t>
   </si>
   <si>
     <t>53 AVENUE MASSENAT DEROCHE 91460 MARCOUSSIS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
@@ -1058,98 +1106,50 @@
     <t>19/05/1954</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D EDUCATION ET D'ORIENTATION - CFA CHALONNES SUR LOIRE</t>
   </si>
   <si>
     <t>10 AVENUE DU 8 MAI 1945 49290 CHALONNES-SUR-LOIRE</t>
   </si>
   <si>
     <t>25/12/1988</t>
   </si>
   <si>
     <t>LYCEE ENSEIGNE PROFESSION AGRICOLE PRIVE</t>
   </si>
   <si>
     <t>RTE DE CAEN ROCHEFEUILLE 53100 MAYENNE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LA CHAUVINIERE 53140 PRE-EN-PAIL-SAINT-SAMSON</t>
   </si>
   <si>
     <t>01/10/1991</t>
-  </si>
-[...46 lines deleted...]
-    <t>24/01/1986</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -4416,963 +4416,963 @@
       <c r="F75" s="2" t="s">
         <v>293</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>294</v>
       </c>
       <c r="I75" s="3">
         <v>11755850975</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>38112573100012</v>
+        <v>30256622900035</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>295</v>
       </c>
-      <c r="D76" s="2"/>
+      <c r="D76" s="2" t="s">
+        <v>296</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>29</v>
+        <v>299</v>
       </c>
       <c r="I76" s="3">
-        <v>53560930256</v>
+        <v>25140025914</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>38466091600014</v>
+        <v>30413855500012</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="I77" s="3"/>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>39948808900026</v>
+        <v>33453512700016</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="D78" s="2" t="s">
         <v>303</v>
       </c>
+      <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>305</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="3">
-        <v>53351055135</v>
+        <v>53560861756</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>77568879900037</v>
+        <v>38112573100012</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="D79" s="2" t="s">
+      <c r="D79" s="2"/>
+      <c r="E79" s="2" t="s">
         <v>307</v>
       </c>
-      <c r="E79" s="2" t="s">
+      <c r="F79" s="2" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="3">
-        <v>11751561875</v>
+        <v>53560930256</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>77568879900078</v>
+        <v>38466091600014</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>306</v>
-[...1 lines deleted...]
-      <c r="D80" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="E80" s="2" t="s">
+      <c r="F80" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>29</v>
+        <v>299</v>
       </c>
       <c r="I80" s="3">
-        <v>11751561875</v>
+        <v>93050012705</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>77568879900094</v>
+        <v>39948808900026</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="D81" s="2" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="3">
-        <v>11751561875</v>
+        <v>53351055135</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>77769814300024</v>
+        <v>41182875900018</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="I82" s="3">
-        <v>53350783835</v>
+        <v>83430024243</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>77774619900010</v>
+        <v>42143242800017</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>309</v>
+        <v>322</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="3">
-        <v>53350117135</v>
+        <v>11780222278</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>77929544300013</v>
+        <v>77568879900037</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>324</v>
+      </c>
       <c r="E84" s="2" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="3">
-        <v>84010222601</v>
+        <v>11751561875</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>77964004400029</v>
+        <v>77568879900078</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="D85" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>326</v>
+      </c>
       <c r="E85" s="2" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
-        <v>301</v>
+        <v>29</v>
       </c>
       <c r="I85" s="3">
-        <v>82380466038</v>
+        <v>11751561875</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>78084963400016</v>
+        <v>77568879900094</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D86" s="2"/>
+        <v>323</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>328</v>
+      </c>
       <c r="E86" s="2" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I86" s="3"/>
+      <c r="I86" s="3">
+        <v>11751561875</v>
+      </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>78142228200017</v>
+        <v>77769814300024</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>309</v>
+        <v>332</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="3">
-        <v>54790080979</v>
+        <v>53350783835</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>78346979400011</v>
+        <v>77774619900010</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="3">
-        <v>41880003688</v>
+        <v>53350117135</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>78362626000013</v>
+        <v>77929544300013</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>225</v>
+        <v>29</v>
       </c>
       <c r="I89" s="3">
-        <v>31590008059</v>
+        <v>84010222601</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M89" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78362626000039</v>
+        <v>77964004400029</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>29</v>
+        <v>299</v>
       </c>
       <c r="I90" s="3">
-        <v>31590008059</v>
+        <v>82380466038</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>78398196200013</v>
+        <v>78084963400016</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I91" s="3"/>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>78596647400013</v>
+        <v>78142228200017</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>339</v>
+        <v>302</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="3">
-        <v>52440459544</v>
+        <v>54790080979</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78613606900014</v>
+        <v>78346979400011</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>342</v>
+        <v>302</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I93" s="3">
-        <v>52490261249</v>
+        <v>41880003688</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>78626209700011</v>
+        <v>78362626000013</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I94" s="3"/>
+        <v>225</v>
+      </c>
+      <c r="I94" s="3">
+        <v>31590008059</v>
+      </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M94" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>78627885300027</v>
+        <v>78362626000039</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="3">
-        <v>52530094853</v>
+        <v>31590008059</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>41182875900018</v>
+        <v>78398196200013</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>350</v>
+        <v>302</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I96" s="3">
-        <v>83430024243</v>
+        <v>31620031362</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>42143242800017</v>
+        <v>78596647400013</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="3">
-        <v>11780222278</v>
+        <v>52440459544</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>30256622900035</v>
+        <v>78613606900014</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="D98" s="2" t="s">
         <v>356</v>
       </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
         <v>357</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>358</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>301</v>
+        <v>29</v>
       </c>
       <c r="I98" s="3">
-        <v>25140025914</v>
+        <v>52490261249</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>30413855500012</v>
+        <v>78626209700011</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
         <v>359</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
         <v>360</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>225</v>
+        <v>29</v>
       </c>
       <c r="I99" s="3"/>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>33453512700016</v>
+        <v>78627885300027</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
         <v>362</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>363</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="3">
-        <v>53560861756</v>
+        <v>52530094853</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -5397,31 +5397,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 21:26:05</dc:description>
+  <dc:description>Export en date du 02/15/2026 17:12:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>