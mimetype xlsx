--- v0 (2025-12-14)
+++ v1 (2026-02-14)
@@ -79,72 +79,72 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE DE LA DROME</t>
   </si>
   <si>
     <t>DU 52 AU 74 74 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>8226P000126</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASDER</t>
+  </si>
+  <si>
+    <t>124 RUE DU BON VENT 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>07/01/2004</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
     <t>E.E.A.M</t>
   </si>
   <si>
     <t>30 COTE DE L'ABATTOIR 81000 ALBI</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>ASS MAISON FAMILIALE RURALE EDUCA ORIENT</t>
   </si>
   <si>
     <t>551 RUE D'ANJOU 44440 RIAILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
@@ -619,117 +619,117 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>45141681200027</v>
+        <v>32339042700041</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>73810067781</v>
+        <v>82730009373</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32339042700041</v>
+        <v>45141681200027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>82730009373</v>
+        <v>73810067781</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>78835262300011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
@@ -784,51 +784,51 @@
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82422814201692</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I7" s="3">
         <v>11930743393</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -856,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 15:17:52</dc:description>
+  <dc:description>Export en date du 02/14/2026 03:57:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>