--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -76,101 +76,140 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE NANTES - SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>1 RUE FRANCOISE SAGAN 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>19/02/2024</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>COOPERATIVE U</t>
+  </si>
+  <si>
+    <t>PARC TERTIAIRE SILIC BAT MONTREAL 20 RUE D'ARCUEIL 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>28/03/2012</t>
+  </si>
+  <si>
+    <t>46.17A</t>
+  </si>
+  <si>
+    <t>SOCAMAINE</t>
+  </si>
+  <si>
+    <t>ZI ROUTE DE PARIS 72470 CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>01/01/1976</t>
+  </si>
+  <si>
+    <t>ECOFAC EVOLUTION</t>
+  </si>
+  <si>
+    <t>ZA MONTHEARD 21 RUE EDGAR BRANDT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>27/11/2009</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET COMPETENCES</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS BAT 5 400 AVENUE ROUMANILLE 06410 BIOT</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>DAQUOTA DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>ZI FOURNALET 412 AVENUE BLAISE PASCAL 84700 SORGUES</t>
+  </si>
+  <si>
+    <t>11/10/2010</t>
+  </si>
+  <si>
+    <t>2B2J</t>
+  </si>
+  <si>
+    <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
     <t>CAMPUS CASINO</t>
   </si>
   <si>
     <t>1 COURS ANTOINE GUICHARD 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/11/2007</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>METRO FRANCE</t>
   </si>
   <si>
     <t>ZA DU PETIT NANTERRE 5 RUE DES GRANDS PRES 92000 NANTERRE</t>
   </si>
   <si>
     <t>21/12/1994</t>
   </si>
   <si>
     <t>46.39B</t>
   </si>
   <si>
     <t>I.F.C. DIS GROUPE</t>
   </si>
   <si>
     <t>3 RUE LOUIS COURTOIS DE VICOSE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>14/11/2022</t>
   </si>
   <si>
-    <t>CENTRE DE FORMATION ET COMPETENCES</t>
-[...16 lines deleted...]
-  <si>
     <t>SCHOLAR FAB ENTREPRISE</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>06/05/1991</t>
   </si>
   <si>
     <t>FEDERATION ENTREP COMMERCE DISTRIBUTION</t>
   </si>
   <si>
     <t>12 RUE EULER 75008 PARIS</t>
   </si>
   <si>
     <t>01/03/2001</t>
   </si>
   <si>
     <t>SUPERMARCHES MATCH</t>
   </si>
   <si>
     <t>250 RUE DU GENERAL DE GAULLE 59110 LA MADELEINE</t>
   </si>
   <si>
     <t>01/01/1998</t>
@@ -179,89 +218,50 @@
     <t>70.10Z</t>
   </si>
   <si>
     <t>CORA</t>
   </si>
   <si>
     <t>CORA - PRODUITS CORA - CARTE CORA -</t>
   </si>
   <si>
     <t>DOMAINE DE BEAUBOURG CS 30175 1 RUE DU CHENIL 77183 CROISSY-BEAUBOURG</t>
   </si>
   <si>
     <t>01/04/2016</t>
   </si>
   <si>
     <t>47.11F</t>
   </si>
   <si>
     <t>AVALYS</t>
   </si>
   <si>
     <t>PALAZZO NICE MERIDIA 29 AVENUE SIMONE VEIL 06200 NICE</t>
   </si>
   <si>
     <t>21/06/2024</t>
-  </si>
-[...37 lines deleted...]
-    <t>01/01/2022</t>
   </si>
   <si>
     <t>AUCHAN RETAIL SERVICES</t>
   </si>
   <si>
     <t>200 RUE DE LA RECHERCHE 59491 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>21/08/2017</t>
   </si>
   <si>
     <t>82.11Z</t>
   </si>
   <si>
     <t>E-WORKS</t>
   </si>
   <si>
     <t>6 RUE JOSEPH MEHUL 08330 VRIGNE AUX BOIS</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>L-FORMATION</t>
   </si>
@@ -742,548 +742,552 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>52440613744</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38026162800032</v>
+        <v>30460295600142</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>82420060742</v>
+        <v>11940745694</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39931561300014</v>
+        <v>30601530600013</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I4" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I4" s="3">
+        <v>52720163972</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>42372594400064</v>
+        <v>51869149800019</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>73310693831</v>
+        <v>52720131972</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>43397081100033</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
         <v>93060526206</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>43454662800059</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>93840235984</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78071407700069</v>
+        <v>79398912000027</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I8" s="3">
+        <v>31620255562</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78485587600040</v>
+        <v>38026162800032</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I9" s="3">
+        <v>82420060742</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78548035102271</v>
+        <v>39931561300014</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>11921196892</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78692030600093</v>
+        <v>42372594400064</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
-        <v>11770419777</v>
+        <v>73310693831</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78875059400038</v>
+        <v>78071407700069</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D12" s="2"/>
+      <c r="E12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>30460295600142</v>
+        <v>78485587600040</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>30601530600013</v>
+        <v>78548035102271</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>51869149800019</v>
+        <v>78692030600093</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D15" s="2"/>
-      <c r="E15" s="2" t="s">
+      <c r="F15" s="2" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="I15" s="3">
-        <v>52720131972</v>
+        <v>11770419777</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79398912000027</v>
+        <v>78875059400038</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2" t="s">
+        <v>65</v>
+      </c>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I16" s="3">
-        <v>31620255562</v>
+        <v>93061213606</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>83188831800019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="2"/>
@@ -1310,118 +1314,118 @@
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>83262851500013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <v>44080059508</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>89448241300024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I19" s="3">
         <v>11941076094</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>92283202700010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
@@ -1454,31 +1458,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 22:06:49</dc:description>
+  <dc:description>Export en date du 02/04/2026 11:23:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>