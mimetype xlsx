--- v1 (2026-02-04)
+++ v2 (2026-03-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -76,213 +76,219 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE COMMERCE INDUSTRIE NANTES - SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>1 RUE FRANCOISE SAGAN 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>19/02/2024</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>I.F.C. DIS GROUPE</t>
+  </si>
+  <si>
+    <t>3 RUE LOUIS COURTOIS DE VICOSE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>14/11/2022</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>COOPERATIVE U</t>
   </si>
   <si>
     <t>PARC TERTIAIRE SILIC BAT MONTREAL 20 RUE D'ARCUEIL 94150 RUNGIS</t>
   </si>
   <si>
     <t>28/03/2012</t>
   </si>
   <si>
     <t>46.17A</t>
   </si>
   <si>
     <t>SOCAMAINE</t>
   </si>
   <si>
     <t>ZI ROUTE DE PARIS 72470 CHAMPAGNE</t>
   </si>
   <si>
     <t>01/01/1976</t>
   </si>
   <si>
+    <t>CAMPUS CASINO</t>
+  </si>
+  <si>
+    <t>1 COURS ANTOINE GUICHARD 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/11/2007</t>
+  </si>
+  <si>
+    <t>METRO FRANCE</t>
+  </si>
+  <si>
+    <t>ZA DU PETIT NANTERRE 5 RUE DES GRANDS PRES 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>21/12/1994</t>
+  </si>
+  <si>
+    <t>46.39B</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET COMPETENCES</t>
+  </si>
+  <si>
+    <t>SOPHIA ANTIPOLIS BAT 5 400 AVENUE ROUMANILLE 06410 BIOT</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>DAQUOTA DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>ZI FOURNALET 412 AVENUE BLAISE PASCAL 84700 SORGUES</t>
+  </si>
+  <si>
+    <t>11/10/2010</t>
+  </si>
+  <si>
     <t>ECOFAC EVOLUTION</t>
   </si>
   <si>
     <t>ZA MONTHEARD 21 RUE EDGAR BRANDT 72000 LE MANS</t>
   </si>
   <si>
     <t>27/11/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...17 lines deleted...]
-    <t>11/10/2010</t>
+    <t>SCHOLAR FAB ENTREPRISE</t>
+  </si>
+  <si>
+    <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
+  </si>
+  <si>
+    <t>06/05/1991</t>
+  </si>
+  <si>
+    <t>FEDERATION ENTREP COMMERCE DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>12 RUE EULER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2001</t>
+  </si>
+  <si>
+    <t>SUPERMARCHES MATCH</t>
+  </si>
+  <si>
+    <t>250 RUE DU GENERAL DE GAULLE 59110 LA MADELEINE</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>CORA</t>
+  </si>
+  <si>
+    <t>CORA - PRODUITS CORA - CARTE CORA -</t>
+  </si>
+  <si>
+    <t>DOMAINE DE BEAUBOURG CS 30175 1 RUE DU CHENIL 77183 CROISSY-BEAUBOURG</t>
+  </si>
+  <si>
+    <t>01/04/2016</t>
+  </si>
+  <si>
+    <t>47.11F</t>
+  </si>
+  <si>
+    <t>AVALYS</t>
+  </si>
+  <si>
+    <t>PALAZZO NICE MERIDIA 29 AVENUE SIMONE VEIL 06200 NICE</t>
+  </si>
+  <si>
+    <t>21/06/2024</t>
   </si>
   <si>
     <t>2B2J</t>
   </si>
   <si>
     <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
-    <t>CAMPUS CASINO</t>
-[...82 lines deleted...]
-  <si>
     <t>AUCHAN RETAIL SERVICES</t>
   </si>
   <si>
     <t>200 RUE DE LA RECHERCHE 59491 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>21/08/2017</t>
   </si>
   <si>
     <t>82.11Z</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t>E-WORKS</t>
   </si>
   <si>
     <t>6 RUE JOSEPH MEHUL 08330 VRIGNE AUX BOIS</t>
   </si>
   <si>
     <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>23/02/2026</t>
   </si>
   <si>
     <t>L-FORMATION</t>
   </si>
   <si>
     <t>1 RUE DE HANOVRE 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>17/06/2024</t>
   </si>
   <si>
     <t>ASSOCIATION PARITAIRE POUR LE DEVELOPPEMENT DU DIALOGUE SOCIAL DANS LA BRANCHE DU COMMERCE DE DETAIL ALIMENTAIRE NON SPE</t>
   </si>
   <si>
     <t>19/01/2022</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -742,552 +748,552 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>52440613744</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>30460295600142</v>
+        <v>42372594400064</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11940745694</v>
+        <v>73310693831</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>30601530600013</v>
+        <v>30460295600142</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>52720163972</v>
+        <v>11940745694</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>51869149800019</v>
+        <v>30601530600013</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>52720131972</v>
+        <v>52720163972</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>43397081100033</v>
+        <v>38026162800032</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>93060526206</v>
+        <v>82420060742</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>43454662800059</v>
+        <v>39931561300014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>93840235984</v>
+        <v>11921196892</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79398912000027</v>
+        <v>43397081100033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>31620255562</v>
+        <v>93060526206</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38026162800032</v>
+        <v>43454662800059</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>82420060742</v>
+        <v>93840235984</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39931561300014</v>
+        <v>51869149800019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11921196892</v>
+        <v>52720131972</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42372594400064</v>
+        <v>78071407700069</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78071407700069</v>
+        <v>78485587600040</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78485587600040</v>
+        <v>78548035102271</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>56</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78548035102271</v>
+        <v>78692030600093</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>57</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>58</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>61</v>
+      </c>
+      <c r="I14" s="3">
+        <v>11770419777</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78692030600093</v>
+        <v>78875059400038</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>11770419777</v>
+        <v>93061213606</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78875059400038</v>
+        <v>79398912000027</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>93061213606</v>
+        <v>31620255562</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>83188831800019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="D17" s="2"/>
@@ -1300,139 +1306,139 @@
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="I17" s="3">
         <v>32590949359</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>83262851500013</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>89448241300024</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
         <v>11941076094</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>92283202700010</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
@@ -1458,31 +1464,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 11:23:47</dc:description>
+  <dc:description>Export en date du 03/24/2026 08:52:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>