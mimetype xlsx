--- v0 (2025-12-19)
+++ v1 (2026-02-14)
@@ -184,69 +184,69 @@
   <si>
     <t>1175P016275</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>FORMASUP MEDITERRANEE</t>
   </si>
   <si>
     <t>WORLD TRADE CENTER 2 RUE HENRI BARBUSSE 13001 MARSEILLE</t>
   </si>
   <si>
     <t>24/01/2022</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1058,108 +1058,108 @@
       <c r="F12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="I12" s="3">
         <v>93130972313</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>43903961100025</v>
+        <v>42071817300065</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="I13" s="3">
-        <v>84691657569</v>
+        <v>11755342375</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>42071817300065</v>
+        <v>43903961100025</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="I14" s="3">
-        <v>11755342375</v>
+        <v>84691657569</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1184,31 +1184,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 03:49:28</dc:description>
+  <dc:description>Export en date du 02/14/2026 06:22:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>