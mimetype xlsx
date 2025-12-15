--- v0 (2025-10-14)
+++ v1 (2025-12-15)
@@ -73,63 +73,63 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>ARTEMYS</t>
   </si>
   <si>
     <t>25 CENTRE D'AFFAIRE LA TANNERIE 57070 SAINT-JULIEN-LES-METZ</t>
   </si>
   <si>
     <t>28/05/2024</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>MMI CONSEIL</t>
+  </si>
+  <si>
+    <t>5 RUE DUBRUNFAUT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>02/09/2019</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>IMCI INSTITUT DES MEDIAS ET DE LA COMMUNICATION SUR INTERNET</t>
-  </si>
-[...10 lines deleted...]
-    <t>MMI CONSEIL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -571,114 +571,114 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>41570247357</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80068084500024</v>
+        <v>52293730900048</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>11755421275</v>
+        <v>11754624975</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>52293730900048</v>
+        <v>80068084500024</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11754624975</v>
+        <v>11755421275</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -697,31 +697,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 22:44:34</dc:description>
+  <dc:description>Export en date du 12/15/2025 07:18:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>