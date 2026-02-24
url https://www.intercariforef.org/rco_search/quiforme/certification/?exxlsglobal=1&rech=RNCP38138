--- v1 (2025-12-15)
+++ v2 (2026-02-24)
@@ -697,31 +697,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 07:18:04</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:50:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>