--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -124,65 +124,50 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUETIGNY-PLOMBIERES LES DIJON</t>
   </si>
   <si>
     <t>LEGTPA OLIVIER DE SERRES</t>
   </si>
   <si>
     <t>21 BOULEVARD OLIVIER DE SERRES 21800 QUETIGNY</t>
   </si>
   <si>
     <t>2621P002521</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE TOURS-FONDETTES</t>
   </si>
   <si>
     <t>LEGTA DE TOURS-FONDETTES</t>
   </si>
   <si>
     <t>LA PLAINE 37230 FONDETTES</t>
   </si>
   <si>
     <t>2437P000937</t>
   </si>
   <si>
-    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE D'AMBOISE-CHAMBRAY-LES-TOURS</t>
-[...13 lines deleted...]
-  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE MANCY</t>
   </si>
   <si>
     <t>LEGTA LONS-LE-SAUNIER MANCY</t>
   </si>
   <si>
     <t>410 MTE GAUTHIER VILLARS 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>4339P001739</t>
   </si>
   <si>
     <t>AGRICAMPUS LAVAL</t>
   </si>
   <si>
     <t>321 ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE LA MEUSE</t>
   </si>
   <si>
     <t>LEGTPA DE BAR LE DUC</t>
   </si>
   <si>
     <t>TECHNOPOLE PHILIPPE DE VILMORIN CHEMIN DE POPEY 55000 BAR-LE-DUC</t>
@@ -250,288 +235,129 @@
   <si>
     <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
   </si>
   <si>
     <t>LEGTA DE CARPENTRAS</t>
   </si>
   <si>
     <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
   </si>
   <si>
     <t>9384P002684</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
-    <t>LYCEE AGRICOLE PRIVEE</t>
-[...2 lines deleted...]
-    <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
+    <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
+  </si>
+  <si>
+    <t>LAP E D'ALZON</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE CHATEAU DE CANDIAC 30600 VESTRIC-ET-CANDIAC</t>
+  </si>
+  <si>
+    <t>01/09/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GENECH</t>
+  </si>
+  <si>
+    <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
-[...113 lines deleted...]
-    <t>HAM BEAUREGARD 02260 CLAIRFONTAINE</t>
+    <t>A.F.G.E.E.A.P</t>
+  </si>
+  <si>
+    <t>BP 2 CHEMIN DES PLANTES FROIDES 58210 VARZY</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+  </si>
+  <si>
+    <t>62770 ROLLANCOURT</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>RUE DE L'HIPPODROME 50620 GRAIGNES-MESNIL-ANGOT</t>
+  </si>
+  <si>
+    <t>13/02/1989</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS</t>
+  </si>
+  <si>
+    <t>MME PIERRET FLORENCE DOMAINE DE GROSBOIS 94440 MAROLLES-EN-BRIE</t>
+  </si>
+  <si>
+    <t>01/08/1997</t>
+  </si>
+  <si>
+    <t>ENSEMBLE SCOLAIRE TERRE ET AVENIR</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE L'EUROPE 78200 MAGNANVILLE</t>
+  </si>
+  <si>
+    <t>29/10/1980</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>A.F.G.E.E.A.P</t>
-[...70 lines deleted...]
-  <si>
     <t>6 PLACE DE LA MAIRIE 77130 FORGES</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>ASS FAMLIALE  GESTION</t>
   </si>
   <si>
     <t>LD TOUSCAYRATS 81110 VERDALLE</t>
   </si>
   <si>
     <t>01/09/1980</t>
-  </si>
-[...22 lines deleted...]
-    <t>07/03/1986</t>
   </si>
   <si>
     <t>ASSOCIATION DU CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES : FORMATIONS COMPETENCES BRETAGNE CTRE</t>
   </si>
   <si>
     <t>HARAS NATIONAL PL DU CHAMP DE FOIRE 22400 LAMBALLE-ARMOR</t>
   </si>
   <si>
     <t>26/06/2023</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -882,51 +708,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M50"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1139,1689 +965,797 @@
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>19370878100029</v>
+        <v>19390809200011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>19390809200011</v>
+        <v>19530081900016</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="2"/>
+      <c r="E8" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I8" s="3" t="s">
-        <v>44</v>
+      <c r="I8" s="3">
+        <v>52530049153</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>19530081900016</v>
+        <v>19550752000011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>42</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I9" s="3">
-        <v>52530049153</v>
+      <c r="I9" s="3" t="s">
+        <v>45</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19550752000011</v>
+        <v>19610790800010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="E10" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>19610790800010</v>
+        <v>19671685600014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D11" s="2" t="s">
+      <c r="E11" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>19671685600014</v>
+        <v>19761315100012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="E12" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>57</v>
+      </c>
+      <c r="I12" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>19761315100012</v>
+        <v>19783360100010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>28760601576</v>
+        <v>22</v>
+      </c>
+      <c r="I13" s="3" t="s">
+        <v>61</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>19783360100010</v>
+        <v>19801328600010</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19801328600010</v>
+        <v>19840607600010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" s="2" t="s">
         <v>67</v>
-      </c>
-[...2 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19840607600010</v>
+        <v>19890045800011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D16" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="D16" s="2" t="s">
+      <c r="E16" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19890045800011</v>
+        <v>77591322100054</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="E17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="3" t="s">
-        <v>77</v>
+      <c r="I17" s="3">
+        <v>91300263030</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77522173200016</v>
+        <v>78362626000013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="I18" s="3">
-        <v>24360077136</v>
+        <v>31590008059</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77591322100054</v>
+        <v>30701450600025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="2"/>
+      <c r="E19" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="D19" s="2" t="s">
+      <c r="F19" s="2" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>84</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77595210400013</v>
+        <v>30761630000017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>91300174330</v>
+        <v>31620049862</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77802871200017</v>
+        <v>31804341100061</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>74870037887</v>
+        <v>22600245060</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77858350000021</v>
+        <v>31804341100160</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>90</v>
-      </c>
-[...5 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>27710290071</v>
+        <v>22600245060</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77910548500014</v>
+        <v>32020453000028</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77970557300011</v>
+        <v>32020453000036</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78098562800012</v>
+        <v>32252224400019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>62</v>
+        <v>22</v>
       </c>
       <c r="I25" s="3">
-        <v>25610014861</v>
+        <v>73810074281</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78151401300015</v>
+        <v>84939883900027</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>80</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>54860097086</v>
+        <v>53220892322</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>23</v>
-[...886 lines deleted...]
-      <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2835,31 +1769,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/04/2025 19:42:22</dc:description>
+  <dc:description>Export en date du 12/26/2025 02:34:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>