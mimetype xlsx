--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -235,129 +235,129 @@
   <si>
     <t>ETS PUBLIC LOCAL ENSEIGNEMENT FORMATION PROF AGRICOLES LOUIS GIRAUD</t>
   </si>
   <si>
     <t>LEGTA DE CARPENTRAS</t>
   </si>
   <si>
     <t>HAMEAU DE SERRES 310 CHEMIN DE L'HERMITAGE 84200 CARPENTRAS</t>
   </si>
   <si>
     <t>9384P002684</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>A.F.G.E.E.A.P</t>
+  </si>
+  <si>
+    <t>BP 2 CHEMIN DES PLANTES FROIDES 58210 VARZY</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>FAMIL RURAL EDUC ORIENTAT ROLLANCOU</t>
+  </si>
+  <si>
+    <t>62770 ROLLANCOURT</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS FORMA ACTION SOCIALE ECURIE COURSES</t>
+  </si>
+  <si>
+    <t>RUE DE L'HIPPODROME 50620 GRAIGNES-MESNIL-ANGOT</t>
+  </si>
+  <si>
+    <t>13/02/1989</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION APPRENTIS</t>
+  </si>
+  <si>
+    <t>MME PIERRET FLORENCE DOMAINE DE GROSBOIS 94440 MAROLLES-EN-BRIE</t>
+  </si>
+  <si>
+    <t>01/08/1997</t>
+  </si>
+  <si>
+    <t>ENSEMBLE SCOLAIRE TERRE ET AVENIR</t>
+  </si>
+  <si>
+    <t>22 AVENUE DE L'EUROPE 78200 MAGNANVILLE</t>
+  </si>
+  <si>
+    <t>29/10/1980</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>6 PLACE DE LA MAIRIE 77130 FORGES</t>
+  </si>
+  <si>
+    <t>01/09/2019</t>
+  </si>
+  <si>
+    <t>ASS FAMLIALE  GESTION</t>
+  </si>
+  <si>
+    <t>LD TOUSCAYRATS 81110 VERDALLE</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>ORGANISME DE GESTION DE L'ENSEIGNMENT CATHOLIQUE EMMANUEL D'ALZON</t>
   </si>
   <si>
     <t>LAP E D'ALZON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE PRIVE CHATEAU DE CANDIAC 30600 VESTRIC-ET-CANDIAC</t>
   </si>
   <si>
     <t>01/09/2007</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
-  </si>
-[...61 lines deleted...]
-    <t>01/09/1980</t>
   </si>
   <si>
     <t>ASSOCIATION DU CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES : FORMATIONS COMPETENCES BRETAGNE CTRE</t>
   </si>
   <si>
     <t>HARAS NATIONAL PL DU CHAMP DE FOIRE 22400 LAMBALLE-ARMOR</t>
   </si>
   <si>
     <t>26/06/2023</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1349,374 +1349,374 @@
       <c r="F16" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>72</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77591322100054</v>
+        <v>30701450600025</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78362626000013</v>
+        <v>30761630000017</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>31590008059</v>
+        <v>31620049862</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>30701450600025</v>
+        <v>31804341100061</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I19" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3">
+        <v>22600245060</v>
+      </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30761630000017</v>
+        <v>31804341100160</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>31620049862</v>
+        <v>22600245060</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>31804341100061</v>
+        <v>32020453000028</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31804341100160</v>
+        <v>32020453000036</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="D22" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>32020453000028</v>
+        <v>32252224400019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I23" s="3">
+        <v>73810074281</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>32020453000036</v>
+        <v>77591322100054</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I24" s="3"/>
+      <c r="I24" s="3">
+        <v>91300263030</v>
+      </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>32252224400019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>22</v>
+        <v>57</v>
       </c>
       <c r="I25" s="3">
-        <v>73810074281</v>
+        <v>31590008059</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>84939883900027</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>103</v>
@@ -1769,31 +1769,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 02:34:20</dc:description>
+  <dc:description>Export en date du 02/15/2026 08:13:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>