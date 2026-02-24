--- v0 (2025-11-24)
+++ v1 (2026-02-24)
@@ -154,90 +154,90 @@
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ECORIS</t>
   </si>
   <si>
     <t>574 RUE DE CHANTABORD 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/09/2009</t>
   </si>
   <si>
     <t>TALIS EDUCATION GROUP</t>
   </si>
   <si>
     <t>112 AVENUE PAUL DOUMER 24100 BERGERAC</t>
   </si>
   <si>
     <t>13/01/2020</t>
   </si>
   <si>
     <t>66.30Z</t>
   </si>
   <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>3 RUE RACINE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>12/04/2019</t>
+  </si>
+  <si>
+    <t>AL FORMATION</t>
+  </si>
+  <si>
+    <t>01/09/2016</t>
+  </si>
+  <si>
+    <t>A ZOT FORMATION</t>
+  </si>
+  <si>
+    <t>39 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>ALTERNANCE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>535 RUE RAYMOND RECOULY 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>06/12/2019</t>
+  </si>
+  <si>
     <t>IFC FRANCE</t>
   </si>
   <si>
     <t>ZI COURTINE 50 RUE BERTHY ALBRECHT 84000 AVIGNON</t>
   </si>
   <si>
     <t>13/09/2013</t>
-  </si>
-[...31 lines deleted...]
-    <t>06/12/2019</t>
   </si>
   <si>
     <t>ECOLE MORBIHANNAISE DE COMMERCE ET GESTION</t>
   </si>
   <si>
     <t>ECOLE SUP AFFAIRES</t>
   </si>
   <si>
     <t>LIEUDIT ER STANG 3 RUE GALILEE 56270 PLOEMEUR</t>
   </si>
   <si>
     <t>04/06/2024</t>
   </si>
   <si>
     <t>INSERTIS BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>18 PLACE GAMBETTA 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>05/09/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
@@ -995,230 +995,230 @@
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>79527671600011</v>
+        <v>48908897100093</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>93840474884</v>
+        <v>93830380583</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48908897100093</v>
+        <v>49836707700027</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>39</v>
+      </c>
       <c r="E12" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>93830380583</v>
+        <v>82730117373</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>49836707700027</v>
+        <v>50205976900054</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>82730117373</v>
+        <v>98970323297</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>50205976900054</v>
+        <v>53267444700059</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>98970323297</v>
+        <v>91340733234</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>53267444700059</v>
+        <v>79527671600011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I15" s="3">
-        <v>91340733234</v>
+        <v>93840474884</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82753614500028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G16" s="2"/>
@@ -1310,31 +1310,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 22:07:33</dc:description>
+  <dc:description>Export en date du 02/24/2026 11:50:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>