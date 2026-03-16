--- v0 (2026-01-01)
+++ v1 (2026-03-16)
@@ -106,102 +106,102 @@
   <si>
     <t>RUE MATIGNON 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
     <t>01/01/1992</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>COMMUNE DE LORIENT</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION APPRENTIS</t>
   </si>
   <si>
     <t>RUE SAINT-MARCEL 56100 LORIENT</t>
   </si>
   <si>
     <t>07/04/1993</t>
   </si>
   <si>
     <t>5356P013356</t>
   </si>
   <si>
+    <t>ORGANISATION DES POISSONNIERS-ECAILLERS DE FRANCE</t>
+  </si>
+  <si>
+    <t>98 BOULEVARD PEREIRE 75017 PARIS</t>
+  </si>
+  <si>
+    <t>03/07/2019</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>ASS GERANCE ECOLE MARITIME AQUACOLE REUN</t>
+  </si>
+  <si>
+    <t>EAM 1 RUE DE LA GLACIERE 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ARMAS PECHE</t>
+  </si>
+  <si>
+    <t>DARSE DE PECHE - MAGASIN 10 PORT OUEST 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>16/01/2012</t>
+  </si>
+  <si>
+    <t>03.11Z</t>
+  </si>
+  <si>
     <t>FORMATION PROFES OUVRIER MAREE</t>
   </si>
   <si>
     <t>8 RUE DE VERDUN 62200 BOULOGNE-SUR-MER</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...22 lines deleted...]
-  <si>
     <t>SAG&amp;FORM</t>
   </si>
   <si>
     <t>50-54 50 AV VIEUX CHE DE ST DENIS 92390 VILLENEUVE LA GARENNE</t>
   </si>
   <si>
     <t>14/06/2017</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.12Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DE LA BRENNE</t>
   </si>
   <si>
     <t>CARTE BLANCHE 1 RUE PIERRE MILON 36300 LE BLANC</t>
   </si>
   <si>
     <t>20/07/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -728,227 +728,227 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78395222900020</v>
+        <v>84536703600025</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>39951939600010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
         <v>98970094497</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>44450422900022</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>83069650600013</v>
+        <v>78395222900020</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>11922181892</v>
+        <v>31620057762</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>84536703600025</v>
+        <v>83069650600013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I9" s="3">
+        <v>11922181892</v>
+      </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>89382139700021</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>24360112036</v>
@@ -998,31 +998,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/01/2026 03:39:24</dc:description>
+  <dc:description>Export en date du 03/16/2026 03:50:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>