--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -136,141 +136,141 @@
   <si>
     <t>8274P000174</t>
   </si>
   <si>
     <t>INST FORM REG INDUST AGRO ALIMENT AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>CS80013 37 AVENUE DU DOCTEUR ALBERT SCHWEITZER 33600 PESSAC</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMAT REGION INDUS AGROALIMENT</t>
+  </si>
+  <si>
+    <t>44 RUE D'ALESIA 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>ALQUAL CONSEIL ET EXPERTISE (ALIMENTAIRE QUALITE CONSEIL ET EXPERTISE)</t>
+  </si>
+  <si>
+    <t>46 RUE D'ISLE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>FED ENTREP BOULANGER PATISSER FRANCAISES</t>
+  </si>
+  <si>
+    <t>34 QUAI DE LA LOIRE 75019 PARIS</t>
+  </si>
+  <si>
+    <t>25/07/2011</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>CECOP-RH</t>
+  </si>
+  <si>
+    <t>HORIZON 2000 MACH 2 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>23/06/2016</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>BOU'SOL</t>
+  </si>
+  <si>
+    <t>25 BOULEVARD LEDRU ROLLIN 13015 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
     <t>LA LECON D'ORPHEE</t>
   </si>
   <si>
     <t>18 RUE FRUCTIDOR 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...38 lines deleted...]
-    <t>94.12Z</t>
+    <t>JMB FORMATION</t>
+  </si>
+  <si>
+    <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>08/09/2014</t>
   </si>
   <si>
     <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
   </si>
   <si>
     <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/08/1994</t>
-  </si>
-[...28 lines deleted...]
-    <t>08/09/2014</t>
   </si>
   <si>
     <t>BAGUETTE ACADEMY</t>
   </si>
   <si>
     <t>30 RUE JOANNES CARRET 69009 LYON</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>FORMA BATI PLUS</t>
   </si>
   <si>
     <t>ZAC 18 L'AIGUILLE 97128 GOYAVE</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
     <t>01973392797</t>
   </si>
   <si>
     <t>DN ACADEMY</t>
   </si>
@@ -896,342 +896,342 @@
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I6" s="3">
         <v>72330648833</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53513164300012</v>
+        <v>41012254300029</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G7" s="2"/>
+        <v>43</v>
+      </c>
+      <c r="G7" s="2" t="s">
+        <v>44</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I7" s="3">
-        <v>91660157666</v>
+        <v>11752754575</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41012254300029</v>
+        <v>42024773600051</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="I8" s="3">
-        <v>11752754575</v>
+        <v>22020081402</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42024773600051</v>
+        <v>78471790200059</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78471790200059</v>
+        <v>79367441700035</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>57</v>
+      </c>
+      <c r="I10" s="3">
+        <v>23760537276</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31504294500032</v>
+        <v>79468433200032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D11" s="2" t="s">
         <v>58</v>
       </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>31</v>
+        <v>57</v>
       </c>
       <c r="I11" s="3">
-        <v>23750036676</v>
+        <v>93131560013</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>79367441700035</v>
+        <v>53513164300012</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="I12" s="3">
-        <v>23760537276</v>
+        <v>91660157666</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79468433200032</v>
+        <v>80464190000019</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E13" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="D13" s="2"/>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="I13" s="3">
-        <v>93131560013</v>
+        <v>93060746106</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>80464190000019</v>
+        <v>31504294500032</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I14" s="3">
-        <v>93060746106</v>
+        <v>23750036676</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>81752377200058</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
@@ -1289,51 +1289,51 @@
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>92189937300028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="I17" s="3">
         <v>11911025191</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1361,31 +1361,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 00:19:17</dc:description>
+  <dc:description>Export en date du 12/18/2025 01:34:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>