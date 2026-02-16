--- v1 (2025-12-18)
+++ v2 (2026-02-16)
@@ -115,162 +115,162 @@
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL ET TECHNOLOGIQUE AGRICOLE DE LA ROCHE-SUR-FORON</t>
   </si>
   <si>
     <t>LEGTA - ENILV - ECOLE NAT INDUSTRIES LAIT VIANDES</t>
   </si>
   <si>
     <t>212 RUE ANATOLE FRANCE 74800 LA ROCHE-SUR-FORON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>8274P000174</t>
   </si>
   <si>
+    <t>CECOP-RH</t>
+  </si>
+  <si>
+    <t>HORIZON 2000 MACH 2 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
+  </si>
+  <si>
+    <t>23/06/2016</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>FONDAT FORMAT PROMOT PROFES BOULANGERIE</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL BOULANGERIE PATISSERIE</t>
+  </si>
+  <si>
+    <t>150 BOULEVARD DE L'EUROPE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
     <t>INST FORM REG INDUST AGRO ALIMENT AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMAT REGION INDUS AGROALIMENT</t>
+  </si>
+  <si>
+    <t>44 RUE D'ALESIA 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>ALQUAL CONSEIL ET EXPERTISE (ALIMENTAIRE QUALITE CONSEIL ET EXPERTISE)</t>
+  </si>
+  <si>
+    <t>46 RUE D'ISLE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
     <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>CS80013 37 AVENUE DU DOCTEUR ALBERT SCHWEITZER 33600 PESSAC</t>
   </si>
   <si>
     <t>01/12/2011</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...26 lines deleted...]
-    <t>82.99Z</t>
+    <t>LA LECON D'ORPHEE</t>
+  </si>
+  <si>
+    <t>18 RUE FRUCTIDOR 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
   </si>
   <si>
     <t>FED ENTREP BOULANGER PATISSER FRANCAISES</t>
   </si>
   <si>
     <t>34 QUAI DE LA LOIRE 75019 PARIS</t>
   </si>
   <si>
     <t>25/07/2011</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
-    <t>CECOP-RH</t>
-[...10 lines deleted...]
-  <si>
     <t>BOU'SOL</t>
   </si>
   <si>
     <t>25 BOULEVARD LEDRU ROLLIN 13015 MARSEILLE</t>
   </si>
   <si>
     <t>01/07/2019</t>
   </si>
   <si>
-    <t>LA LECON D'ORPHEE</t>
-[...7 lines deleted...]
-  <si>
     <t>JMB FORMATION</t>
   </si>
   <si>
     <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
   </si>
   <si>
     <t>08/09/2014</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/08/1994</t>
   </si>
   <si>
     <t>BAGUETTE ACADEMY</t>
   </si>
   <si>
     <t>30 RUE JOANNES CARRET 69009 LYON</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>FORMA BATI PLUS</t>
   </si>
   <si>
     <t>ZAC 18 L'AIGUILLE 97128 GOYAVE</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
     <t>01973392797</t>
   </si>
   <si>
     <t>DN ACADEMY</t>
   </si>
@@ -822,416 +822,412 @@
       <c r="F4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39329874000027</v>
+        <v>79367441700035</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I5" s="3">
-        <v>82690413569</v>
+        <v>23760537276</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>45019707400039</v>
+        <v>31504294500032</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>37</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="I6" s="3">
-        <v>72330648833</v>
+        <v>23750036676</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41012254300029</v>
+        <v>39329874000027</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="G7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I7" s="3">
-        <v>11752754575</v>
+        <v>82690413569</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42024773600051</v>
+        <v>41012254300029</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>78471790200059</v>
+        <v>42024773600051</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>53</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79367441700035</v>
+        <v>45019707400039</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>57</v>
       </c>
       <c r="I10" s="3">
-        <v>23760537276</v>
+        <v>72330648833</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>79468433200032</v>
+        <v>53513164300012</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="I11" s="3">
-        <v>93131560013</v>
+        <v>91660157666</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>53513164300012</v>
+        <v>78471790200059</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>80464190000019</v>
+        <v>79468433200032</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="I13" s="3">
-        <v>93060746106</v>
+        <v>93131560013</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>31504294500032</v>
+        <v>80464190000019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="I14" s="3">
-        <v>23750036676</v>
+        <v>93060746106</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>81752377200058</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>73</v>
       </c>
@@ -1252,51 +1248,51 @@
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>91346347700020</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>77</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>92189937300028</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
@@ -1361,31 +1357,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 01:34:51</dc:description>
+  <dc:description>Export en date du 02/16/2026 08:25:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>