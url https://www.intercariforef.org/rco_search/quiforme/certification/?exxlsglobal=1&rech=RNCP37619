--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -112,50 +112,59 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>APM FORMATIONS</t>
   </si>
   <si>
     <t>112-118 112 AVENUE DU GENERAL DE GAULLE 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>IFSG FORMATIONS</t>
   </si>
   <si>
     <t>9 RUE MALMAISON 93170 BAGNOLET</t>
   </si>
   <si>
     <t>24/05/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t>DYNAFORMATION</t>
+  </si>
+  <si>
+    <t>37 RUE SAINT AMBROISE 77000 MELUN</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
     <t xml:space="preserve">MELLAH FATIMA   </t>
   </si>
   <si>
     <t>7 RUE FLECHIER 30000 NIMES</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>PREVENTIA FORMATION ET CONSULTING</t>
   </si>
   <si>
     <t>CHEZ AEFTI 48 RUE PRIEUR DE LA MARNE 51100 REIMS</t>
   </si>
   <si>
     <t>10/04/2015</t>
   </si>
   <si>
     <t>AZS FORMATION</t>
   </si>
   <si>
     <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
   </si>
   <si>
     <t>16/05/2016</t>
@@ -173,59 +182,50 @@
     <t>INSTITUT DE FORMATION DE CONSEIL ET DE MANAGEMENT</t>
   </si>
   <si>
     <t>8 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
   </si>
   <si>
     <t>27/08/2017</t>
   </si>
   <si>
     <t>GLOBAL PREVENTION</t>
   </si>
   <si>
     <t>ZI JARRY 38 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>07/10/2022</t>
   </si>
   <si>
     <t>EBEN FORMATION</t>
   </si>
   <si>
     <t>79 ROUTE D'AULNAY 93140 BONDY</t>
   </si>
   <si>
     <t>29/09/2020</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/02/2020</t>
   </si>
   <si>
     <t>AZ SECURITE CONSEIL FORMATION</t>
   </si>
   <si>
     <t>11 AVENUE DU MARECHAL JUIN 16340 L'ISLE-D'ESPAGNAC</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ASPR FORMATION</t>
   </si>
   <si>
     <t>ZAC DES BORDS DE MARNE 2 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
   </si>
   <si>
     <t>19/01/2021</t>
   </si>
   <si>
     <t>ASPR FORMATIONS</t>
   </si>
   <si>
     <t>27 RUE DU GROS MURGER 95220 HERBLAY-SUR-SEINE</t>
   </si>
@@ -870,330 +870,330 @@
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>11788197478</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>80125397200054</v>
+        <v>88226479900017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>76300464230</v>
+        <v>11770695177</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>81092911700010</v>
+        <v>80125397200054</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>21510172351</v>
+        <v>76300464230</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82016444000019</v>
+        <v>81092911700010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I8" s="3">
-        <v>93830513983</v>
+        <v>21510172351</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82524608500047</v>
+        <v>82016444000019</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>11930754793</v>
+        <v>93830513983</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>83167944400016</v>
+        <v>82524608500047</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I10" s="3"/>
+      <c r="I10" s="3">
+        <v>11930754793</v>
+      </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>84265677900043</v>
+        <v>83167944400016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>85315246000020</v>
+        <v>84265677900043</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>88226479900017</v>
+        <v>85315246000020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I13" s="3">
-        <v>11770695177</v>
+        <v>11930824293</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>88329724400021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
@@ -1590,31 +1590,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 21:57:50</dc:description>
+  <dc:description>Export en date du 12/24/2025 10:01:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>