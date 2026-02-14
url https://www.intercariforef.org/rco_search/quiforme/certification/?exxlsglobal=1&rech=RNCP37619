--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -112,120 +112,120 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>APM FORMATIONS</t>
   </si>
   <si>
     <t>112-118 112 AVENUE DU GENERAL DE GAULLE 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>IFSG FORMATIONS</t>
   </si>
   <si>
     <t>9 RUE MALMAISON 93170 BAGNOLET</t>
   </si>
   <si>
     <t>24/05/2018</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
+    <t xml:space="preserve">MELLAH FATIMA   </t>
+  </si>
+  <si>
+    <t>7 RUE FLECHIER 30000 NIMES</t>
+  </si>
+  <si>
+    <t>15/02/2024</t>
+  </si>
+  <si>
+    <t>PREVENTIA FORMATION ET CONSULTING</t>
+  </si>
+  <si>
+    <t>CHEZ AEFTI 48 RUE PRIEUR DE LA MARNE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>10/04/2015</t>
+  </si>
+  <si>
+    <t>AZS FORMATION</t>
+  </si>
+  <si>
+    <t>CTRE COMMERCIAL LES HELLENES LOCAL 2 SAINT LEGER 83300 DRAGUIGNAN</t>
+  </si>
+  <si>
+    <t>16/05/2016</t>
+  </si>
+  <si>
+    <t>FCS FORMATION</t>
+  </si>
+  <si>
+    <t>11-15 CENTRE CCIAL CROIX DE CHAVAUX 11 AVENUE DE LA RESISTANCE 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION DE CONSEIL ET DE MANAGEMENT</t>
+  </si>
+  <si>
+    <t>8 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>27/08/2017</t>
+  </si>
+  <si>
+    <t>GLOBAL PREVENTION</t>
+  </si>
+  <si>
+    <t>ZI JARRY 38 RUE FERDINAND FOREST 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>07/10/2022</t>
+  </si>
+  <si>
+    <t>EBEN FORMATION</t>
+  </si>
+  <si>
+    <t>79 ROUTE D'AULNAY 93140 BONDY</t>
+  </si>
+  <si>
+    <t>29/09/2020</t>
+  </si>
+  <si>
     <t>DYNAFORMATION</t>
   </si>
   <si>
     <t>37 RUE SAINT AMBROISE 77000 MELUN</t>
   </si>
   <si>
     <t>01/02/2020</t>
-  </si>
-[...61 lines deleted...]
-    <t>29/09/2020</t>
   </si>
   <si>
     <t>AZ SECURITE CONSEIL FORMATION</t>
   </si>
   <si>
     <t>11 AVENUE DU MARECHAL JUIN 16340 L'ISLE-D'ESPAGNAC</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>ASPR FORMATION</t>
   </si>
   <si>
     <t>ZAC DES BORDS DE MARNE 2 RUE VINCENT VAN GOGH 93360 NEUILLY-PLAISANCE</t>
   </si>
   <si>
     <t>19/01/2021</t>
   </si>
   <si>
     <t>ASPR FORMATIONS</t>
   </si>
   <si>
     <t>27 RUE DU GROS MURGER 95220 HERBLAY-SUR-SEINE</t>
   </si>
@@ -870,330 +870,330 @@
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>11788197478</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>88226479900017</v>
+        <v>80125397200054</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>11770695177</v>
+        <v>76300464230</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>80125397200054</v>
+        <v>81092911700010</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I7" s="3">
-        <v>76300464230</v>
+        <v>21510172351</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>81092911700010</v>
+        <v>82016444000019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>21510172351</v>
+        <v>93830513983</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82016444000019</v>
+        <v>82524608500047</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>93830513983</v>
+        <v>11930754793</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82524608500047</v>
+        <v>83167944400016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>83167944400016</v>
+        <v>84265677900043</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>84265677900043</v>
+        <v>85315246000020</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="D12" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I12" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I12" s="3">
+        <v>11930824293</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>85315246000020</v>
+        <v>88226479900017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>11930824293</v>
+        <v>11770695177</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>88329724400021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D14" s="2"/>
@@ -1490,91 +1490,91 @@
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>80</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>81</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="3">
         <v>11756634075</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>92073259100010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3">
         <v>11931116793</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1590,31 +1590,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 10:01:20</dc:description>
+  <dc:description>Export en date du 02/14/2026 01:06:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>