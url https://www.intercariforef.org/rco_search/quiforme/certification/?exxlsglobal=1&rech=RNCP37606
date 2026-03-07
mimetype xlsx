--- v0 (2025-12-03)
+++ v1 (2026-03-07)
@@ -58,98 +58,107 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>STRAIGHT LINE FORMATION</t>
+  </si>
+  <si>
+    <t>23 RUE DES MAGNOLIAS 60000 TILLE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>RISK PARTNERS</t>
+  </si>
+  <si>
+    <t>8 RUE DU PUECH RADIER 34970 LATTES</t>
+  </si>
+  <si>
+    <t>20/03/2017</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>IESC FORMATION</t>
   </si>
   <si>
     <t>35 B RUE GEORGES WODLI 57300 HAGONDANGE</t>
   </si>
   <si>
     <t>01/03/2004</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>SOLARIS DEVELOPPEMENT</t>
   </si>
   <si>
     <t>6 RUE PAUL ELUARD 26800 PORTES-LES-VALENCE</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>SOTEL FORMATION</t>
   </si>
   <si>
     <t>3 CABANIS 31240 L UNION</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...10 lines deleted...]
-  <si>
     <t>F.A.C.S. FORMATION ASSISTANCE CONSEIL SECURITE</t>
   </si>
   <si>
     <t>20 RUE DE CHEMNITZ 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>3 RUE CHARLES PEGUY 67200 STRASBOURG</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>SECURITE INCENDIE.IDF</t>
   </si>
   <si>
     <t>6 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/12/2017</t>
   </si>
   <si>
     <t>FCAG</t>
@@ -197,59 +206,50 @@
     <t>SI-FIPS</t>
   </si>
   <si>
     <t>14 VILLA DE LOURCINE 75014 PARIS</t>
   </si>
   <si>
     <t>15/05/2021</t>
   </si>
   <si>
     <t>SI.REGION PACA</t>
   </si>
   <si>
     <t>1662 RTE NATIONALE 7 06270 VILLENEUVE-LOUBET</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>SI. PARIS EST</t>
   </si>
   <si>
     <t>1 MAIL DES BRIARDS 77100 MAREUIL-LES-MEAUX</t>
   </si>
   <si>
     <t>01/11/2020</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/09/2021</t>
   </si>
   <si>
     <t>FIPS NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>SI.FIPS NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>72 RUE JEAN PAGES 33140 VILLENAVE-D'ORNON</t>
   </si>
   <si>
     <t>25/06/2021</t>
   </si>
   <si>
     <t>SI GROUPE RENNES</t>
   </si>
   <si>
     <t>PARC EDONIA - BATIMENT F RUE DES ILES KERGUELEN 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>22/11/2023</t>
   </si>
 </sst>
 </file>
 
@@ -675,554 +675,552 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>45263226800010</v>
+        <v>89494741500010</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>41570228357</v>
+        <v>32600367160</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>48082447300031</v>
+        <v>48461853300026</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>48387270100014</v>
+        <v>45263226800010</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>73310456431</v>
+        <v>41570228357</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>48461853300026</v>
+        <v>48082447300031</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>27</v>
+      </c>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I5" s="3">
+        <v>82260143226</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49163183400042</v>
+        <v>48387270100014</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>42680171668</v>
+        <v>73310456431</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>49163183400059</v>
+        <v>49163183400042</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>42680171668</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50905949900038</v>
+        <v>49163183400059</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>11910677691</v>
+        <v>42680171668</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82975288000015</v>
+        <v>50905949900038</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="3" t="s">
-        <v>41</v>
+      <c r="I9" s="3">
+        <v>11910677691</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>82981595000029</v>
+        <v>82975288000015</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="2"/>
+      <c r="H10" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I10" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>84867484200010</v>
+        <v>82981595000029</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="F11" s="2" t="s">
+      <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="G11" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>88100107700026</v>
+        <v>84867484200010</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>11910869891</v>
+        <v>23</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>54</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>88383015000024</v>
+        <v>88100107700026</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>93060894306</v>
+        <v>11910869891</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>88785851200023</v>
+        <v>88383015000024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>11910874591</v>
+        <v>93060894306</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>89494741500010</v>
+        <v>88785851200023</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>32600367160</v>
+        <v>11910874591</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>90107720600018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2" t="s">
@@ -1321,31 +1319,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 20:38:01</dc:description>
+  <dc:description>Export en date du 03/07/2026 16:59:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>