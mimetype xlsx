--- v0 (2025-10-21)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="447">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -397,116 +397,590 @@
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>CFPPA DE LA BASSE-TERRE</t>
   </si>
   <si>
     <t>LD CHANTILLY-BREFORT 97129 LAMENTIN</t>
   </si>
   <si>
     <t>01/01/1965</t>
   </si>
   <si>
     <t>9597P001097</t>
   </si>
   <si>
+    <t>FRANCE LANGUES COMMUNICATION</t>
+  </si>
+  <si>
+    <t>FLC FORMATION</t>
+  </si>
+  <si>
+    <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
+  </si>
+  <si>
+    <t>01/09/2013</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
+  </si>
+  <si>
+    <t>PARC SAINT GILLES 12 RUE DE L'AUBETTE 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>23/07/2002</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR L'EDUCATION COGNITIVE ET LE DEVELOPPEMENT (AECD)</t>
+  </si>
+  <si>
+    <t>ZAC DE HOUELBOURG 3 LD VOIE VERTE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>DRAC</t>
+  </si>
+  <si>
+    <t>HOWELL CENTER LOTS 78-81 MARIGOT 97150 SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>15/01/2010</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
+  </si>
+  <si>
+    <t>BP 9049 9 CHEMIN DES ALPILLES 04000 DIGNE-LES-BAINS</t>
+  </si>
+  <si>
+    <t>28/11/2005</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>JMSA FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
+  </si>
+  <si>
+    <t>30/11/2020</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION ET D'ENSEIGNEMENT PROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>64 B RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>ORGANISME GESTION ENSEIGT CATHOLIQ ETAPL</t>
+  </si>
+  <si>
+    <t>30 RUE DES BERCEAUX 62630 ETAPLES</t>
+  </si>
+  <si>
+    <t>22/06/2001</t>
+  </si>
+  <si>
+    <t>PANTHERA FORMATION</t>
+  </si>
+  <si>
+    <t>1499 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>12/06/2017</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>LD LE BOURG 63210 VERNINES</t>
+  </si>
+  <si>
+    <t>03/03/2009</t>
+  </si>
+  <si>
+    <t>OGEC ETABLISSEMENT SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>24 PL CLEMENCEAU 80100 ABBEVILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>11 RUE ALFRED NOBEL 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>03/01/2022</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>03/10/2022</t>
+  </si>
+  <si>
+    <t>SCIC CFA SPORT ANIMATION TOURISME NORMANDIE</t>
+  </si>
+  <si>
+    <t>2 B ROUTE D'AUNAY SUR ODON 14111 LOUVIGNY</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>ONE 2 ONE</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE TOMI 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>GROUPE SOMEFORM</t>
+  </si>
+  <si>
+    <t>ZAC DE LA FRESCOULE BAT 1 AVENUE JEAN MONNET 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>AIRSUP SAS</t>
+  </si>
+  <si>
+    <t>13-15 13 RUE BALLU 75009 PARIS</t>
+  </si>
+  <si>
+    <t>21/03/2018</t>
+  </si>
+  <si>
+    <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>LOT 18 27 RUE DAMBREVILLE 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>02/03/2020</t>
+  </si>
+  <si>
+    <t>72.11Z</t>
+  </si>
+  <si>
+    <t>06970002397</t>
+  </si>
+  <si>
+    <t>OG FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DES LORIOTS 66700 ARGELES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>CENTRE D'ENSEIGNEMENT REGIONAL D'INGENIERIE ET DE FORMATION ANTILLES GUYANE</t>
+  </si>
+  <si>
+    <t>CENTRE DE BADU - 1ER ETAGE, BAT C ROUTE DE BADUEL 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>02973187997</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
+    <t>ESGCV</t>
+  </si>
+  <si>
+    <t>CAMPUS ENOVA 505 RUE JEAN ROSTAND 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ELYSEES CANNES</t>
+  </si>
+  <si>
+    <t>VILLA AURORE 22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES ARAWAKS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>IMM CAPITAL - LES HAUTS DE HOUELBOUR IMM CAPITAL RUE PAYEN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>WORLD EXPERIENCE</t>
+  </si>
+  <si>
+    <t>92 RES  MAIMOUNA 2EME ETAGE LOCAL 4 RTE DE VIEUX BOURG 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSUP AQUITAINE</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN ZAY 33380 BIGANOS</t>
+  </si>
+  <si>
+    <t>01/12/2000</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>33 RUE SAINT DENIS 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>IRSS</t>
+  </si>
+  <si>
+    <t>1 PRO J FITZGERALD KENNEDY 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>ACTION FIRST</t>
   </si>
   <si>
     <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
   </si>
   <si>
     <t>22/03/2010</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>FORE ILES DU NORD</t>
   </si>
   <si>
     <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
   </si>
   <si>
     <t>15/07/2012</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
-    <t>ONLINEFORMAPRO</t>
-[...5 lines deleted...]
-    <t>01/11/1999</t>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t>LASER ASSOCIATION</t>
+  </si>
+  <si>
+    <t>41-43 41 RUE DES RIGOLES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>17/10/1992</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 30 RUE DU GENERAL BARON FABRE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>15/07/2015</t>
+  </si>
+  <si>
+    <t>41 RUE CHARLES ET PAUL GENIAUX 35000 RENNES</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>310 RUE CAROLINE AIGLE 29600 MORLAIX</t>
+  </si>
+  <si>
+    <t>02/11/2023</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
   </si>
   <si>
     <t>LE COURS JULES VERNE</t>
   </si>
   <si>
     <t>3 AVENUE ELIE SERMET 11100 NARBONNE</t>
   </si>
   <si>
     <t>06/12/2021</t>
   </si>
   <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>PARC DE LA MER ROUGE 5 RUE JOSEPH CUGNOT 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>BATIMENT E 083 AEROPORT MARSEILLE PROVENCE 13700 MARIGNANE</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>22-26-AGENCE APAVE DE NICE 22 AVENUE EDOUARD GRINDA 06200 NICE</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITE COMMERCIALE DE H FOND BOISNEUF 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>BATIMENT H ZI KAWENI CENTRE MAHARAJAH SIS RUE DE L'AR 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>06970007397</t>
+  </si>
+  <si>
+    <t>BAS GROUP FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL A 63 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>SARL NIS FORMATION</t>
+  </si>
+  <si>
+    <t>SECTION MONMAIN 2 ROUTE DESHAUTEURS 97180 SAINTE-ANNE</t>
+  </si>
+  <si>
+    <t>19/03/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
     <t>AIR'LISE FORMATION SAS</t>
   </si>
   <si>
     <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>29/05/2018</t>
   </si>
   <si>
     <t>IMM SIMKEL C/O BURO CLUB GUADELOUPE 3617 BD DU MARQUISAT DU HOUELBOURG 97122 BAIE-MAHAULT</t>
   </si>
   <si>
-    <t>01/02/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>PLN PLAINE DE PERI 20167 SARROLA-CARCOPINO</t>
   </si>
   <si>
     <t>35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
@@ -550,521 +1024,50 @@
   <si>
     <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
   </si>
   <si>
     <t>KERVALH 56400 BRECH</t>
   </si>
   <si>
     <t>56 AVENUE EMILE ZOLA 84130 LE PONTET</t>
   </si>
   <si>
     <t>CHE DU READET 48200 ST CHELY D APCHER</t>
   </si>
   <si>
     <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>RUE DES LAURIERS 05000 GAP</t>
   </si>
   <si>
     <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
   </si>
   <si>
     <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
   </si>
   <si>
-    <t>ICADEMIE</t>
-[...469 lines deleted...]
-  <si>
     <t>KARAMEL PROD</t>
   </si>
   <si>
     <t>KARAMEL</t>
   </si>
   <si>
     <t>4 RUE ALBERT CAQUOT 66330 CABESTANY</t>
   </si>
   <si>
     <t>23/09/2022</t>
   </si>
   <si>
     <t>SASU DEFI</t>
   </si>
   <si>
     <t>IMMEUBLE CANOPEE 2 LIEUDIT BEAUSEJOUR 26 RUE DU CENTRE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>17/07/2020</t>
   </si>
   <si>
     <t>04973104197</t>
   </si>
   <si>
     <t xml:space="preserve">BERTOGLI SOPHIE CHARLOTTE  </t>
@@ -1150,50 +1153,62 @@
   <si>
     <t>03/07/2023</t>
   </si>
   <si>
     <t>IMM IDAIA - MOUDONG SUD RUE AMEDEE BARBOTTEAU 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>MONTECH</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>DELTA</t>
   </si>
   <si>
     <t>23 CHEMIN DES MOINES 13200 ARLES</t>
   </si>
   <si>
     <t>09/07/2021</t>
   </si>
   <si>
+    <t>EQUILIBRES &amp; MEDIATIONS</t>
+  </si>
+  <si>
+    <t>99 BOULEVARD DE LA REINE 78000 VERSAILLES</t>
+  </si>
+  <si>
+    <t>25/10/2022</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
     <t>PAM OI</t>
   </si>
   <si>
     <t>PAM</t>
   </si>
   <si>
     <t>38 B RUE DES CANNELIERS 97436 SAINT-LEU</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>04973425197</t>
   </si>
   <si>
     <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/04/2020</t>
   </si>
   <si>
     <t>AIR YAS CONSULTING</t>
@@ -1201,132 +1216,162 @@
   <si>
     <t>99 AVENUE CHARLES DE GAULLE 91420 MORANGIS</t>
   </si>
   <si>
     <t>24/11/2020</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>100 AVENUE JULES CANTINI 13008 MARSEILLE</t>
   </si>
   <si>
     <t>06/04/2021</t>
   </si>
   <si>
     <t>M2A CONSULTING</t>
   </si>
   <si>
     <t>2 B RUE DUPONT DE L'EURE 75020 PARIS</t>
   </si>
   <si>
     <t>12/07/2021</t>
   </si>
   <si>
-    <t>SAFE TRAININGS</t>
-[...7 lines deleted...]
-  <si>
     <t>K-DECOLLE</t>
   </si>
   <si>
     <t>19 PLACE DE LA FERRANDIERE 69003 LYON</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
+    <t>ALLYS BEAUTY</t>
+  </si>
+  <si>
+    <t>9 BD DES CHAMPS ELYSEES 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>11/01/2022</t>
+  </si>
+  <si>
     <t>STUDI</t>
   </si>
   <si>
     <t>155 RUE DE CHARONNE 75011 PARIS</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>ALTER'CLASS</t>
   </si>
   <si>
     <t>155 AVENUE RENE PRIVAT 07000 PRIVAS</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
   <si>
+    <t>EVEREN FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE LA CHATRE 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>13/07/2023</t>
+  </si>
+  <si>
     <t>NEXLEVEL</t>
   </si>
   <si>
     <t>13 RUE DES DEMI JOURNAUX 67130 NEUVILLER-LA-ROCHE</t>
   </si>
   <si>
     <t>20/07/2022</t>
   </si>
   <si>
     <t>GUIDE GUYANE</t>
   </si>
   <si>
     <t>819 ROUTE DE BOURDA 97300 CAYENNE</t>
   </si>
   <si>
     <t>79.90Z</t>
   </si>
   <si>
     <t>03973423497</t>
   </si>
   <si>
     <t>IETA AERO</t>
   </si>
   <si>
     <t>ZONE ORLYTECH 1 RUE DU COMMANDANT MOUCHOTTE 91550 PARAY-VIEILLE-POSTE</t>
   </si>
   <si>
     <t>21/11/2022</t>
   </si>
   <si>
+    <t>SB FORMATION EURL</t>
+  </si>
+  <si>
+    <t>SB FORMATION</t>
+  </si>
+  <si>
+    <t>8 DOMAINE DE ROCHES CARREES 97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>02973682397</t>
+  </si>
+  <si>
     <t>AIRPORT FORMATION</t>
   </si>
   <si>
     <t>10 ALLEE LOUIS CALMANOVIC 93320 LES PAVILLONS-SOUS-BOIS</t>
   </si>
   <si>
     <t>19/01/2023</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t>MS TRAINING</t>
   </si>
   <si>
     <t>20 BOULEVARD POISSONNIERE 75009 PARIS</t>
   </si>
   <si>
     <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>FLY SCHOOL</t>
   </si>
   <si>
     <t>41 AVENUE DES MARAIS 95130 FRANCONVILLE</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>INFINITY PRO FORMATION</t>
   </si>
   <si>
     <t>6EME ETAGE TOUR EUROPA AVENUE DE L’EUROPE 94320 THIAIS</t>
   </si>
   <si>
     <t>30/11/2023</t>
   </si>
   <si>
     <t>A.Z AERO TRAINING</t>
   </si>
   <si>
     <t>3 ALLEE MARIE CURIE 92000 NANTERRE</t>
   </si>
@@ -1692,51 +1737,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M139"/>
+  <dimension ref="A1:M143"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2721,4250 +2766,4402 @@
       <c r="F26" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>40875084200044</v>
+        <v>34539593300046</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>128</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I27" s="3">
-        <v>24450194445</v>
+        <v>93060554806</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41436247500025</v>
+        <v>37751907900034</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>133</v>
+        <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>73310286031</v>
+        <v>23760485376</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>42302346400021</v>
+        <v>38749351300072</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>137</v>
+        <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>95970093097</v>
+        <v>93130431113</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>42478033600014</v>
+        <v>38808439400054</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>43700041070</v>
+        <v>95970037097</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>81298455700031</v>
+        <v>38883220600022</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="I31" s="3">
-        <v>91340880834</v>
+        <v>93040005004</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>81875335200025</v>
+        <v>38909782500050</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>145</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>146</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>98973060797</v>
+        <v>22600085860</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>81875335200058</v>
+        <v>39758087900047</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>98973060797</v>
+        <v>11752307775</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>82409268800012</v>
+        <v>44015315300018</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I34" s="3">
-        <v>11930762893</v>
+        <v>31620218262</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>82409268800053</v>
+        <v>44221809500028</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I35" s="3">
-        <v>11930762893</v>
+        <v>82730084873</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>82409268800137</v>
+        <v>77925023200039</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I36" s="3">
-        <v>11930762893</v>
+        <v>83630363963</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>82409268800145</v>
+        <v>78058910700017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>21</v>
+        <v>161</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="I37" s="3"/>
       <c r="J37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>82409268800178</v>
+        <v>78574029100394</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>82409268800186</v>
+        <v>78574029101004</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>21</v>
+        <v>167</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>82409268800244</v>
+        <v>78574029101012</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>82409268800251</v>
+        <v>78574029101038</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>11930762893</v>
+        <v>11940392094</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>82422814200132</v>
+        <v>78975652500026</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>172</v>
+      </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>21</v>
+        <v>174</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>27</v>
+        <v>175</v>
       </c>
       <c r="I42" s="3">
-        <v>11930743393</v>
+        <v>25140264714</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82422814200454</v>
+        <v>45404576600069</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>163</v>
+        <v>177</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>21</v>
+        <v>178</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="3">
-        <v>11930743393</v>
+        <v>98970293297</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82422814200488</v>
+        <v>47883804800054</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>164</v>
+        <v>180</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="3">
-        <v>11930743393</v>
+        <v>93131160113</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82422814200512</v>
+        <v>47883804800062</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>21</v>
+        <v>183</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I45" s="3">
-        <v>11930743393</v>
+        <v>93131160113</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82422814200561</v>
+        <v>48908897100168</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I46" s="3">
-        <v>11930743393</v>
+        <v>93830380583</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82422814200926</v>
+        <v>49239829200051</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>160</v>
+        <v>187</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>167</v>
+        <v>188</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>21</v>
+        <v>189</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I47" s="3">
-        <v>11930743393</v>
+        <v>11754380275</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82422814201056</v>
+        <v>49784180900039</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>160</v>
+        <v>190</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>168</v>
+        <v>191</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>193</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>194</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>82422814201114</v>
+        <v>50260825000028</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>169</v>
+        <v>196</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>21</v>
+        <v>197</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="3">
-        <v>11930743393</v>
+        <v>91660143166</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>82422814201148</v>
+        <v>50489768700035</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>160</v>
+        <v>198</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>201</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>202</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>82422814201163</v>
+        <v>50921839200025</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D51" s="2"/>
+        <v>203</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>204</v>
+      </c>
       <c r="E51" s="2" t="s">
-        <v>171</v>
+        <v>205</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>21</v>
+        <v>206</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3">
-        <v>11930743393</v>
+        <v>98970335697</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82422814201171</v>
+        <v>75221828900037</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D52" s="2"/>
+        <v>207</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>208</v>
+      </c>
       <c r="E52" s="2" t="s">
-        <v>172</v>
+        <v>209</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>21</v>
+        <v>210</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="3">
-        <v>11930743393</v>
+        <v>11930923893</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814201205</v>
+        <v>75253547600366</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>160</v>
+        <v>211</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>173</v>
+        <v>212</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>27</v>
+        <v>201</v>
       </c>
       <c r="I53" s="3">
-        <v>11930743393</v>
+        <v>11755049075</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>82422814201320</v>
+        <v>75323263600013</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>160</v>
+        <v>213</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>174</v>
+        <v>214</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>21</v>
+        <v>215</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I54" s="3">
-        <v>11930743393</v>
+        <v>82730151973</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>82422814201478</v>
+        <v>75325973800031</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D55" s="2"/>
+        <v>216</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>216</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>21</v>
+        <v>218</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I55" s="3">
-        <v>11930743393</v>
+        <v>93060722506</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>82422814201643</v>
+        <v>51872913200200</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>219</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>176</v>
+        <v>220</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>21</v>
+        <v>221</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>11930743393</v>
+        <v>91340755234</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>82422814201759</v>
+        <v>51872913200218</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="D57" s="2"/>
+        <v>219</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>219</v>
+      </c>
       <c r="E57" s="2" t="s">
-        <v>177</v>
+        <v>222</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>11930743393</v>
+        <v>91340755234</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>48908897100168</v>
+        <v>52442151800027</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>179</v>
+        <v>225</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>180</v>
+        <v>226</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>93830380583</v>
+        <v>95970164897</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>49784180900039</v>
+        <v>52505175100010</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>181</v>
+        <v>227</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>183</v>
+        <v>229</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>50260825000028</v>
+        <v>31721734700044</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>186</v>
+        <v>230</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>187</v>
+        <v>231</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>188</v>
+        <v>232</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I60" s="3">
-        <v>91660143166</v>
+        <v>11750327775</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>50489768700035</v>
+        <v>31754202500174</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>189</v>
+        <v>234</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>190</v>
+        <v>235</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>191</v>
+        <v>236</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>27</v>
+      </c>
+      <c r="I61" s="3">
+        <v>72330032933</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>31721734700044</v>
+        <v>32385851400017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>194</v>
+        <v>237</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>195</v>
+        <v>238</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>196</v>
+        <v>239</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>133</v>
+        <v>27</v>
       </c>
       <c r="I62" s="3">
-        <v>11750327775</v>
+        <v>54860088786</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>31754202500174</v>
+        <v>33441214500149</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>198</v>
+        <v>241</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>199</v>
+        <v>242</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="3">
-        <v>72330032933</v>
+        <v>52490029649</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>32385851400017</v>
+        <v>40875084200044</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>200</v>
+        <v>243</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>201</v>
+        <v>244</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>202</v>
+        <v>245</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I64" s="3">
-        <v>54860088786</v>
+        <v>24450194445</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>33441214500149</v>
+        <v>41436247500025</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>203</v>
+        <v>246</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>204</v>
+        <v>247</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>205</v>
+        <v>248</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I65" s="3">
-        <v>52490029649</v>
+        <v>73310286031</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>34025508200034</v>
+        <v>42302346400021</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>206</v>
+        <v>249</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>207</v>
+        <v>250</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>133</v>
+        <v>252</v>
       </c>
       <c r="I66" s="3">
-        <v>11750848275</v>
+        <v>95970093097</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>34025814400252</v>
+        <v>53226832300047</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>254</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>210</v>
+        <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>211</v>
+        <v>256</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I67" s="3">
-        <v>53350168735</v>
+        <v>91660160066</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>34025814400286</v>
+        <v>34025508200034</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>209</v>
+        <v>257</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>212</v>
+        <v>258</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>213</v>
+        <v>259</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I68" s="3">
-        <v>53350168735</v>
+        <v>11750848275</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>34025814400302</v>
+        <v>34025814400252</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>209</v>
+        <v>260</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>214</v>
+        <v>261</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>215</v>
+        <v>262</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
         <v>53350168735</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>37751907900034</v>
+        <v>34025814400286</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>216</v>
+        <v>260</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>218</v>
+        <v>264</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="3">
-        <v>23760485376</v>
+        <v>53350168735</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>38749351300072</v>
+        <v>34025814400302</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>219</v>
+        <v>260</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>220</v>
+        <v>265</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>221</v>
+        <v>266</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="3">
-        <v>93130431113</v>
+        <v>53350168735</v>
       </c>
       <c r="J71" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>38808439400054</v>
+        <v>51472059800036</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>222</v>
+        <v>267</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>223</v>
+        <v>268</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>224</v>
+        <v>269</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I72" s="3">
-        <v>95970037097</v>
+        <v>95970122297</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>38883220600022</v>
+        <v>81298455700031</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>225</v>
+        <v>270</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>226</v>
+        <v>271</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>227</v>
+        <v>272</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="I73" s="3">
-        <v>93040005004</v>
+        <v>91340880834</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>38909782500050</v>
+        <v>40073444800022</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>229</v>
+        <v>273</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I74" s="3">
-        <v>22600085860</v>
+        <v>31590340859</v>
       </c>
       <c r="J74" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>39758087900047</v>
+        <v>45211949800023</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>234</v>
+        <v>278</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="3">
-        <v>11752307775</v>
+        <v>11930518993</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>40073444800022</v>
+        <v>45211949800239</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>235</v>
+        <v>276</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>236</v>
+        <v>279</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>237</v>
+        <v>103</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I76" s="3">
-        <v>31590340859</v>
+        <v>11930518993</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>80341269100021</v>
+        <v>45211949800304</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>238</v>
+        <v>276</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>239</v>
+        <v>280</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>240</v>
+        <v>281</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I77" s="3" t="s">
-        <v>241</v>
+      <c r="I77" s="3">
+        <v>11930518993</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>80349269300012</v>
+        <v>45211949800312</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>242</v>
+        <v>276</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>244</v>
+        <v>283</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I78" s="3">
-        <v>11950569995</v>
+        <v>11930518993</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>81034790600010</v>
+        <v>45211949800320</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>245</v>
+        <v>276</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>246</v>
+        <v>284</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>247</v>
+        <v>285</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>133</v>
+        <v>27</v>
       </c>
       <c r="I79" s="3">
-        <v>95970197197</v>
+        <v>11930518993</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>81142142900028</v>
+        <v>80341269100021</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>248</v>
+        <v>286</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>249</v>
+        <v>287</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>250</v>
+        <v>288</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I80" s="3">
-        <v>97973068497</v>
+      <c r="I80" s="3" t="s">
+        <v>289</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>53226832300047</v>
+        <v>80349269300012</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>251</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>253</v>
+        <v>291</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>254</v>
+        <v>292</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>133</v>
+        <v>45</v>
       </c>
       <c r="I81" s="3">
-        <v>91660160066</v>
+        <v>11950569995</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>75221828900037</v>
+        <v>81034790600010</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>257</v>
+        <v>294</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>258</v>
+        <v>295</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I82" s="3">
-        <v>11930923893</v>
+        <v>95970197197</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>75253547600366</v>
+        <v>81142142900028</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>259</v>
+        <v>296</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>260</v>
+        <v>297</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>81</v>
+        <v>298</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>192</v>
+        <v>27</v>
       </c>
       <c r="I83" s="3">
-        <v>11755049075</v>
+        <v>97973068497</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>50921839200025</v>
+        <v>81229926100030</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>261</v>
+        <v>299</v>
       </c>
       <c r="D84" s="2" t="s">
-        <v>262</v>
+        <v>300</v>
       </c>
       <c r="E84" s="2" t="s">
-        <v>263</v>
+        <v>301</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>264</v>
+        <v>302</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I84" s="3">
-        <v>98970335697</v>
+        <v>98970001397</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>51472059800036</v>
+        <v>81875335200025</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>265</v>
+        <v>303</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>266</v>
+        <v>304</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>267</v>
+        <v>305</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I85" s="3">
-        <v>95970122297</v>
+        <v>98973060797</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>51872913200200</v>
+        <v>81875335200058</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>269</v>
+        <v>306</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>148</v>
+        <v>221</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I86" s="3">
-        <v>91340755234</v>
+        <v>98973060797</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>51872913200218</v>
+        <v>82409268800012</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>270</v>
+        <v>308</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>271</v>
+        <v>309</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I87" s="3">
-        <v>91340755234</v>
+        <v>11930762893</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>52442151800027</v>
+        <v>82409268800053</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>272</v>
+        <v>307</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>273</v>
+        <v>310</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>274</v>
+        <v>21</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I88" s="3">
-        <v>95970164897</v>
+        <v>11930762893</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>77925023200039</v>
+        <v>82409268800137</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>275</v>
+        <v>307</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>277</v>
+        <v>21</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I89" s="3">
-        <v>83630363963</v>
+        <v>11930762893</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>78058910700017</v>
+        <v>82409268800145</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>278</v>
+        <v>307</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>279</v>
+        <v>312</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>280</v>
+        <v>21</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="I90" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I90" s="3">
+        <v>11930762893</v>
+      </c>
       <c r="J90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>78574029100394</v>
+        <v>82409268800178</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>283</v>
+        <v>313</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>284</v>
+        <v>21</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I91" s="3">
-        <v>11940392094</v>
+        <v>11930762893</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>78574029101004</v>
+        <v>82409268800186</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>285</v>
+        <v>314</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>286</v>
+        <v>21</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I92" s="3">
-        <v>11940392094</v>
+        <v>11930762893</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>78574029101012</v>
+        <v>82409268800244</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>287</v>
+        <v>315</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>288</v>
+        <v>21</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I93" s="3">
-        <v>11940392094</v>
+        <v>11930762893</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>78574029101038</v>
+        <v>82409268800251</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>282</v>
+        <v>307</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>289</v>
+        <v>316</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>290</v>
+        <v>317</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I94" s="3">
-        <v>11940392094</v>
+        <v>11930762893</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>78975652500026</v>
+        <v>82422814200132</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>318</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>319</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>292</v>
+        <v>320</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>293</v>
+        <v>21</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
-        <v>294</v>
+        <v>27</v>
       </c>
       <c r="I95" s="3">
-        <v>25140264714</v>
+        <v>11930743393</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>81229926100030</v>
+        <v>82422814200454</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>295</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>297</v>
+        <v>321</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>298</v>
+        <v>21</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I96" s="3">
-        <v>98970001397</v>
+        <v>11930743393</v>
       </c>
       <c r="J96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>75323263600013</v>
+        <v>82422814200488</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>299</v>
+        <v>318</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>300</v>
+        <v>322</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>301</v>
+        <v>21</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I97" s="3">
-        <v>82730151973</v>
+        <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>75325973800031</v>
+        <v>82422814200512</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>303</v>
+        <v>323</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>304</v>
+        <v>21</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I98" s="3">
-        <v>93060722506</v>
+        <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>52505175100010</v>
+        <v>82422814200561</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>305</v>
+        <v>318</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>307</v>
+        <v>21</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I99" s="3"/>
+      <c r="I99" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M99" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>34539593300046</v>
+        <v>82422814200926</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>310</v>
+        <v>325</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>311</v>
+        <v>21</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I100" s="3">
-        <v>93060554806</v>
+        <v>11930743393</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>44015315300018</v>
+        <v>82422814201056</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>314</v>
+        <v>21</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I101" s="3">
-        <v>31620218262</v>
+        <v>11930743393</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>44221809500028</v>
+        <v>82422814201114</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>316</v>
+        <v>327</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I102" s="3">
-        <v>82730084873</v>
+        <v>11930743393</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>45211949800023</v>
+        <v>82422814201148</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>320</v>
+        <v>21</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I103" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>45211949800304</v>
+        <v>82422814201163</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>322</v>
+        <v>21</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I104" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>45211949800312</v>
+        <v>82422814201171</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>324</v>
+        <v>21</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I105" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K105" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>45211949800320</v>
+        <v>82422814201205</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>318</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>326</v>
+        <v>21</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I106" s="3">
-        <v>11930518993</v>
+        <v>11930743393</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>45404576600069</v>
+        <v>82422814201320</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>327</v>
+        <v>318</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>329</v>
+        <v>21</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I107" s="3">
-        <v>98970293297</v>
+        <v>11930743393</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>47883804800054</v>
+        <v>82422814201478</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>332</v>
+        <v>21</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I108" s="3">
-        <v>93131160113</v>
+        <v>11930743393</v>
       </c>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>47883804800062</v>
+        <v>82422814201643</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>330</v>
+        <v>318</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>334</v>
+        <v>21</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I109" s="3">
-        <v>93131160113</v>
+        <v>11930743393</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>82885733400027</v>
+        <v>82422814201759</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="D110" s="2"/>
+      <c r="E110" s="2" t="s">
         <v>335</v>
       </c>
-      <c r="D110" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F110" s="2" t="s">
-        <v>338</v>
+        <v>21</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I110" s="3">
-        <v>76660215666</v>
+        <v>11930743393</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>82911867800020</v>
+        <v>82885733400027</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="D111" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>338</v>
+      </c>
+      <c r="F111" s="2" t="s">
         <v>339</v>
-      </c>
-[...5 lines deleted...]
-        <v>341</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I111" s="3" t="s">
-        <v>342</v>
+      <c r="I111" s="3">
+        <v>76660215666</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>82996157200015</v>
+        <v>82911867800020</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I112" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>83015737600021</v>
+        <v>82996157200015</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>93830543283</v>
+        <v>27</v>
+      </c>
+      <c r="I113" s="3" t="s">
+        <v>347</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>83193815400018</v>
+        <v>83015737600021</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>351</v>
-      </c>
-[...5 lines deleted...]
-        <v>345</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>233</v>
+      </c>
+      <c r="I114" s="3">
+        <v>93830543283</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>84112472000027</v>
+        <v>83193815400018</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I115" s="3">
-        <v>11950649395</v>
+      <c r="I115" s="3" t="s">
+        <v>354</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>85035420000014</v>
+        <v>84112472000027</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="F116" s="2" t="s">
         <v>357</v>
-      </c>
-[...7 lines deleted...]
-        <v>360</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I116" s="3">
-        <v>75400149740</v>
+        <v>11950649395</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>85222156300038</v>
+        <v>85035420000014</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="D117" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>360</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>361</v>
-      </c>
-[...5 lines deleted...]
-        <v>363</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I117" s="3" t="s">
-        <v>364</v>
+      <c r="I117" s="3">
+        <v>75400149740</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>85249551400055</v>
+        <v>85222156300038</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>85249551400063</v>
+        <v>85249551400055</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I119" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>85249551400089</v>
+        <v>85249551400063</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I120" s="3" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>85348389900011</v>
+        <v>85249551400089</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>76820092582</v>
+        <v>27</v>
+      </c>
+      <c r="I121" s="3" t="s">
+        <v>369</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>87784553700027</v>
+        <v>85348389900011</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>375</v>
-      </c>
-[...5 lines deleted...]
-        <v>377</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>27</v>
+        <v>233</v>
       </c>
       <c r="I122" s="3">
-        <v>93131812113</v>
+        <v>76820092582</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>88127939200016</v>
+        <v>87784553700027</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="D123" s="2"/>
+      <c r="E123" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F123" s="2" t="s">
         <v>378</v>
-      </c>
-[...7 lines deleted...]
-        <v>381</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>27</v>
+      </c>
+      <c r="I123" s="3">
+        <v>93131812113</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>88280019600017</v>
+        <v>87818779800029</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>383</v>
+        <v>379</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>385</v>
+        <v>381</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>192</v>
+        <v>382</v>
       </c>
       <c r="I124" s="3">
-        <v>44540389954</v>
+        <v>11788467578</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>88762529100026</v>
+        <v>88127939200016</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>386</v>
-      </c>
-[...5 lines deleted...]
-        <v>388</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11910882391</v>
+        <v>233</v>
+      </c>
+      <c r="I125" s="3" t="s">
+        <v>387</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>89942415400016</v>
+        <v>88280019600017</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
+        <v>389</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>137</v>
+        <v>201</v>
       </c>
       <c r="I126" s="3">
-        <v>93131913413</v>
+        <v>44540389954</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>90246591300017</v>
+        <v>88762529100026</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="F127" s="2" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I127" s="3">
-        <v>11756335875</v>
+        <v>11910882391</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>90743094600026</v>
+        <v>89942415400016</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="F128" s="2" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>27</v>
+        <v>252</v>
       </c>
       <c r="I128" s="3">
-        <v>11756392975</v>
+        <v>93131913413</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>90756462900018</v>
+        <v>90246591300017</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I129" s="3">
-        <v>84691902669</v>
+        <v>11756335875</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>91114836900018</v>
+        <v>90756462900018</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="F130" s="2" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I130" s="3">
-        <v>11756556875</v>
+        <v>84691902669</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>91191494300020</v>
+        <v>90907814900012</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="F131" s="2" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I131" s="3">
-        <v>84070136707</v>
+        <v>11910933991</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>91808493000018</v>
+        <v>91114836900018</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F132" s="2" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I132" s="3">
-        <v>44670721167</v>
+        <v>11756556875</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>92055555400012</v>
+        <v>91191494300020</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F133" s="2" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>412</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>27</v>
+      </c>
+      <c r="I133" s="3">
+        <v>84070136707</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>92217583100010</v>
+        <v>91333636800026</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I134" s="3">
-        <v>11910999191</v>
+        <v>24360105136</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>94847172700016</v>
+        <v>91808493000018</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I135" s="3">
-        <v>11931002193</v>
+        <v>44670721167</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>97848549800023</v>
+        <v>92055555400012</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>422</v>
+        <v>357</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11922656392</v>
+        <v>420</v>
+      </c>
+      <c r="I136" s="3" t="s">
+        <v>421</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>98125992200012</v>
+        <v>92217583100010</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F137" s="2" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I137" s="3">
-        <v>11950836395</v>
+        <v>11910999191</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>98299689400019</v>
+        <v>93985070700018</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="D138" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
         <v>427</v>
       </c>
       <c r="F138" s="2" t="s">
         <v>428</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I138" s="3">
-        <v>11941225794</v>
+      <c r="I138" s="3" t="s">
+        <v>429</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>98372775100015</v>
+        <v>94847172700016</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I139" s="3">
+        <v>11931002193</v>
+      </c>
+      <c r="J139" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K139" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L139" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M139" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13">
+      <c r="A140" s="1">
+        <v>97848549800023</v>
+      </c>
+      <c r="B140" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D140" s="2"/>
+      <c r="E140" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F140" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="G140" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="H140" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I140" s="3">
+        <v>11922656392</v>
+      </c>
+      <c r="J140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L140" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M140" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13">
+      <c r="A141" s="1">
+        <v>98125992200012</v>
+      </c>
+      <c r="B141" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D141" s="2"/>
+      <c r="E141" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="F141" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="G141" s="2"/>
+      <c r="H141" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I141" s="3">
+        <v>11950836395</v>
+      </c>
+      <c r="J141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L141" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M141" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13">
+      <c r="A142" s="1">
+        <v>98299689400019</v>
+      </c>
+      <c r="B142" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D142" s="2"/>
+      <c r="E142" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F142" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="G142" s="2"/>
+      <c r="H142" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I142" s="3">
+        <v>11941225794</v>
+      </c>
+      <c r="J142" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K142" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L142" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M142" s="2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13">
+      <c r="A143" s="1">
+        <v>98372775100015</v>
+      </c>
+      <c r="B143" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="D143" s="2"/>
+      <c r="E143" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="G143" s="2"/>
+      <c r="H143" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I143" s="3">
         <v>11922710692</v>
       </c>
-      <c r="J139" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M139" s="2" t="s">
+      <c r="J143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L143" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6978,31 +7175,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 19:18:14</dc:description>
+  <dc:description>Export en date du 12/18/2025 19:09:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>