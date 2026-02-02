--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="447">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="445">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -397,578 +397,596 @@
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>CFPPA DE LA BASSE-TERRE</t>
   </si>
   <si>
     <t>LD CHANTILLY-BREFORT 97129 LAMENTIN</t>
   </si>
   <si>
     <t>01/01/1965</t>
   </si>
   <si>
     <t>9597P001097</t>
   </si>
   <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSUP AQUITAINE</t>
+  </si>
+  <si>
+    <t>1 RUE JEAN ZAY 33380 BIGANOS</t>
+  </si>
+  <si>
+    <t>01/12/2000</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>33 RUE SAINT DENIS 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>IRSS</t>
+  </si>
+  <si>
+    <t>1 PRO J FITZGERALD KENNEDY 85100 LES SABLES D'OLONNE</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>LASER ASSOCIATION</t>
+  </si>
+  <si>
+    <t>41-43 41 RUE DES RIGOLES 75020 PARIS</t>
+  </si>
+  <si>
+    <t>17/10/1992</t>
+  </si>
+  <si>
+    <t>INSTITUT BRETON D'EDUCATION PERMANENTE</t>
+  </si>
+  <si>
+    <t>ZI DU PRAT 30 RUE DU GENERAL BARON FABRE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>15/07/2015</t>
+  </si>
+  <si>
+    <t>41 RUE CHARLES ET PAUL GENIAUX 35000 RENNES</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>310 RUE CAROLINE AIGLE 29600 MORLAIX</t>
+  </si>
+  <si>
+    <t>02/11/2023</t>
+  </si>
+  <si>
     <t>FRANCE LANGUES COMMUNICATION</t>
   </si>
   <si>
     <t>FLC FORMATION</t>
   </si>
   <si>
     <t>116 BOULEVARD RAYMOND POINCARE 06160 ANTIBES</t>
   </si>
   <si>
     <t>01/09/2013</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
   </si>
   <si>
     <t>PARC SAINT GILLES 12 RUE DE L'AUBETTE 76000 ROUEN</t>
   </si>
   <si>
     <t>23/07/2002</t>
   </si>
   <si>
+    <t>NOSCHOOL</t>
+  </si>
+  <si>
+    <t>94-95 94 QUAI DE BACALAN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
     <t>ASSOCIATION POUR L'EDUCATION COGNITIVE ET LE DEVELOPPEMENT (AECD)</t>
   </si>
   <si>
     <t>ZAC DE HOUELBOURG 3 LD VOIE VERTE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>12/09/2022</t>
   </si>
   <si>
     <t>DRAC</t>
   </si>
   <si>
     <t>HOWELL CENTER LOTS 78-81 MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>15/01/2010</t>
   </si>
   <si>
     <t>LIGUE DE L'ENSEIGNEMENT DES ALPES-DE-HAUTE-PROVENCE</t>
   </si>
   <si>
     <t>BP 9049 9 CHEMIN DES ALPILLES 04000 DIGNE-LES-BAINS</t>
   </si>
   <si>
     <t>28/11/2005</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>JMSA FORMATION CONSEIL</t>
   </si>
   <si>
     <t>3 RUE DE L'ANTHEMIS 60200 COMPIEGNE</t>
   </si>
   <si>
     <t>30/11/2020</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET D'ENSEIGNEMENT PROFESSIONNEL</t>
   </si>
   <si>
     <t>64 B RUE LA BOETIE 75008 PARIS</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
+    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
+  </si>
+  <si>
+    <t>113 RUE DE LANNOY 59800 LILLE</t>
+  </si>
+  <si>
+    <t>29/04/1999</t>
+  </si>
+  <si>
+    <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
+  </si>
+  <si>
+    <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
+  </si>
+  <si>
+    <t>01/03/2019</t>
+  </si>
+  <si>
+    <t>ACTION FIRST</t>
+  </si>
+  <si>
+    <t>ZAC DES RAMASSIERS 10 ALLEE ARISTIDE MAILLOL 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>22/03/2010</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>ORGANISME GESTION ENSEIGT CATHOLIQ ETAPL</t>
   </si>
   <si>
     <t>30 RUE DES BERCEAUX 62630 ETAPLES</t>
   </si>
   <si>
     <t>22/06/2001</t>
   </si>
   <si>
     <t>PANTHERA FORMATION</t>
   </si>
   <si>
     <t>1499 AVENUE DE LA HOUILLE BLANCHE 73000 CHAMBERY</t>
   </si>
   <si>
     <t>12/06/2017</t>
   </si>
   <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMPASSE NICEPHORE NIEPCE 93290 TREMBLAY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>18/09/2007</t>
+  </si>
+  <si>
+    <t>PARC DE LA MER ROUGE 5 RUE JOSEPH CUGNOT 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>BATIMENT E 083 AEROPORT MARSEILLE PROVENCE 13700 MARIGNANE</t>
+  </si>
+  <si>
+    <t>13/12/2022</t>
+  </si>
+  <si>
+    <t>22-26-AGENCE APAVE DE NICE 22 AVENUE EDOUARD GRINDA 06200 NICE</t>
+  </si>
+  <si>
+    <t>02/01/2024</t>
+  </si>
+  <si>
+    <t>ZONE D'ACTIVITE COMMERCIALE DE H FOND BOISNEUF 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2016</t>
+  </si>
+  <si>
+    <t>ONE 2 ONE</t>
+  </si>
+  <si>
+    <t>13 RUE MAURICE TOMI 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>GROUPE SOMEFORM</t>
+  </si>
+  <si>
+    <t>ZAC DE LA FRESCOULE BAT 1 AVENUE JEAN MONNET 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/08/2010</t>
+  </si>
+  <si>
+    <t>CHEMIN DES PLANTADES 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>60 AVENUE JOSEPH RAYNAUD 83140 SIX-FOURS-LES-PLAGES</t>
+  </si>
+  <si>
+    <t>01/04/2024</t>
+  </si>
+  <si>
+    <t>AIRSUP SAS</t>
+  </si>
+  <si>
+    <t>13-15 13 RUE BALLU 75009 PARIS</t>
+  </si>
+  <si>
+    <t>21/03/2018</t>
+  </si>
+  <si>
+    <t>SARL DEVELOPPEMENT AGRO ECONOMIQUE SECURITE ALIMENTAIRE</t>
+  </si>
+  <si>
+    <t>LOT 18 27 RUE DAMBREVILLE 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>02/03/2020</t>
+  </si>
+  <si>
+    <t>72.11Z</t>
+  </si>
+  <si>
+    <t>06970002397</t>
+  </si>
+  <si>
+    <t>OG FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DES LORIOTS 66700 ARGELES-SUR-MER</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>CENTRE D'ENSEIGNEMENT REGIONAL D'INGENIERIE ET DE FORMATION ANTILLES GUYANE</t>
+  </si>
+  <si>
+    <t>CENTRE DE BADU - 1ER ETAGE, BAT C ROUTE DE BADUEL 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>02973187997</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>ALLIANCE CONSEIL PLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LAS COLINAS ETAGE 1 PARC D'ACTIVITE DE COLLIN 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>KEYCE ACADEMY - COLLEGE DE PARIS</t>
+  </si>
+  <si>
+    <t>10 AVENUE DES ARAWAKS 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>IMM CAPITAL - LES HAUTS DE HOUELBOUR IMM CAPITAL RUE PAYEN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>WORLD EXPERIENCE</t>
+  </si>
+  <si>
+    <t>92 RES  MAIMOUNA 2EME ETAGE LOCAL 4 RTE DE VIEUX BOURG 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>EMSAT (ECOLE DES METIERS DU SPORT, DE L'ANIMATION ET DU TOURISME)</t>
+  </si>
+  <si>
+    <t>EMSAT</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES SUD ROUSSILLON IV 1 IMPASSE DU CONFLENT 66280 SALEILLES</t>
+  </si>
+  <si>
+    <t>30/10/2019</t>
+  </si>
+  <si>
+    <t>[ND] [ND] [ND] [ND] [ND]</t>
+  </si>
+  <si>
+    <t>[ND]</t>
+  </si>
+  <si>
+    <t>NEUILLY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>22/02/2024</t>
+  </si>
+  <si>
+    <t>ESGCV</t>
+  </si>
+  <si>
+    <t>CAMPUS ENOVA 505 RUE JEAN ROSTAND 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>EFPPA</t>
+  </si>
+  <si>
+    <t>83 RTE DE LA FORTUNE 73210 AIME-LA-PLAGNE</t>
+  </si>
+  <si>
+    <t>01/08/2012</t>
+  </si>
+  <si>
+    <t>ELYSEES CANNES</t>
+  </si>
+  <si>
+    <t>VILLA AURORE 22 BOULEVARD DE LA REPUBLIQUE 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/07/2012</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>LD LE BOURG 63210 VERNINES</t>
   </si>
   <si>
     <t>03/03/2009</t>
   </si>
   <si>
     <t>OGEC ETABLISSEMENT SAINT-PIERRE</t>
   </si>
   <si>
     <t>24 PL CLEMENCEAU 80100 ABBEVILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/11/2005</t>
   </si>
   <si>
     <t>11 RUE ALFRED NOBEL 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>03/01/2022</t>
   </si>
   <si>
     <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
+    <t>IDC FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE VICTOR GRIFFUELHES 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
     <t>SCIC CFA SPORT ANIMATION TOURISME NORMANDIE</t>
   </si>
   <si>
     <t>2 B ROUTE D'AUNAY SUR ODON 14111 LOUVIGNY</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>88.99B</t>
   </si>
   <si>
-    <t>ONE 2 ONE</t>
-[...278 lines deleted...]
-    <t>01/01/2018</t>
+    <t>ECOLE SUPERIEUR DE COMMERCE ET DE GESTION DE MAYOTTE</t>
+  </si>
+  <si>
+    <t>BATIMENT H ZI KAWENI CENTRE MAHARAJAH SIS RUE DE L'AR 97600 MAMOUDZOU</t>
+  </si>
+  <si>
+    <t>13/04/2023</t>
+  </si>
+  <si>
+    <t>06970007397</t>
+  </si>
+  <si>
+    <t>BAS GROUP FORMATIONS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE ORDINAL A 63 RUE DES CHAUFFOURS 95000 CERGY</t>
+  </si>
+  <si>
+    <t>01/08/2014</t>
+  </si>
+  <si>
+    <t>SARL NIS FORMATION</t>
+  </si>
+  <si>
+    <t>SECTION MONMAIN 2 ROUTE DESHAUTEURS 97180 SAINTE-ANNE</t>
+  </si>
+  <si>
+    <t>19/03/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
+  </si>
+  <si>
+    <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
+  </si>
+  <si>
+    <t>CFPA DE SAINT PAUL</t>
+  </si>
+  <si>
+    <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
   </si>
   <si>
     <t>LE COURS JULES VERNE</t>
   </si>
   <si>
     <t>3 AVENUE ELIE SERMET 11100 NARBONNE</t>
   </si>
   <si>
     <t>06/12/2021</t>
   </si>
   <si>
-    <t>INNOVATION DEVELOPPEMENT FORMATION</t>
-[...88 lines deleted...]
-  <si>
     <t>AIR'LISE FORMATION SAS</t>
   </si>
   <si>
     <t>QUARTIER D'AFFAIRES DE SAVANNA 14 RUE JULES THIREL 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>29/05/2018</t>
   </si>
   <si>
     <t>IMM SIMKEL C/O BURO CLUB GUADELOUPE 3617 BD DU MARQUISAT DU HOUELBOURG 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
@@ -1024,50 +1042,59 @@
   <si>
     <t>34 RUE DE COSTESEQUE 34500 BEZIERS</t>
   </si>
   <si>
     <t>KERVALH 56400 BRECH</t>
   </si>
   <si>
     <t>56 AVENUE EMILE ZOLA 84130 LE PONTET</t>
   </si>
   <si>
     <t>CHE DU READET 48200 ST CHELY D APCHER</t>
   </si>
   <si>
     <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>RUE DES LAURIERS 05000 GAP</t>
   </si>
   <si>
     <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
   </si>
   <si>
     <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
   </si>
   <si>
+    <t>EXCELLENCE ACADEMY</t>
+  </si>
+  <si>
+    <t>3 RUE DU PRE 95700 ROISSY-EN-FRANCE</t>
+  </si>
+  <si>
+    <t>15/03/2019</t>
+  </si>
+  <si>
     <t>KARAMEL PROD</t>
   </si>
   <si>
     <t>KARAMEL</t>
   </si>
   <si>
     <t>4 RUE ALBERT CAQUOT 66330 CABESTANY</t>
   </si>
   <si>
     <t>23/09/2022</t>
   </si>
   <si>
     <t>SASU DEFI</t>
   </si>
   <si>
     <t>IMMEUBLE CANOPEE 2 LIEUDIT BEAUSEJOUR 26 RUE DU CENTRE 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>17/07/2020</t>
   </si>
   <si>
     <t>04973104197</t>
   </si>
   <si>
     <t xml:space="preserve">BERTOGLI SOPHIE CHARLOTTE  </t>
@@ -1126,56 +1153,50 @@
   <si>
     <t>BEFORMA</t>
   </si>
   <si>
     <t>OP THALES - ETG 3 5 CHEMIN DE GRAND CANAL 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>04973207097</t>
   </si>
   <si>
     <t>AEROKONSULT</t>
   </si>
   <si>
     <t>IMM. FARMAN   BUREAU 1 4 RUE HENRI FARMAN 97438 SAINTE-MARIE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>04973220997</t>
   </si>
   <si>
-    <t>4 RUE DE L’ASTROLABE 97354 REMIRE-MONTJOLY</t>
-[...4 lines deleted...]
-  <si>
     <t>IMM IDAIA - MOUDONG SUD RUE AMEDEE BARBOTTEAU 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>MONTECH</t>
   </si>
   <si>
     <t>01/09/2019</t>
   </si>
   <si>
     <t>DELTA</t>
   </si>
   <si>
     <t>23 CHEMIN DES MOINES 13200 ARLES</t>
   </si>
   <si>
     <t>09/07/2021</t>
   </si>
   <si>
     <t>EQUILIBRES &amp; MEDIATIONS</t>
   </si>
   <si>
     <t>99 BOULEVARD DE LA REINE 78000 VERSAILLES</t>
@@ -1282,96 +1303,69 @@
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
     <t>NEXLEVEL</t>
   </si>
   <si>
     <t>13 RUE DES DEMI JOURNAUX 67130 NEUVILLER-LA-ROCHE</t>
   </si>
   <si>
     <t>20/07/2022</t>
   </si>
   <si>
     <t>GUIDE GUYANE</t>
   </si>
   <si>
     <t>819 ROUTE DE BOURDA 97300 CAYENNE</t>
   </si>
   <si>
     <t>79.90Z</t>
   </si>
   <si>
     <t>03973423497</t>
   </si>
   <si>
-    <t>IETA AERO</t>
-[...7 lines deleted...]
-  <si>
     <t>SB FORMATION EURL</t>
   </si>
   <si>
     <t>SB FORMATION</t>
   </si>
   <si>
     <t>8 DOMAINE DE ROCHES CARREES 97232 LE LAMENTIN</t>
   </si>
   <si>
-    <t>01/01/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>02973682397</t>
   </si>
   <si>
     <t>AIRPORT FORMATION</t>
   </si>
   <si>
     <t>10 ALLEE LOUIS CALMANOVIC 93320 LES PAVILLONS-SOUS-BOIS</t>
   </si>
   <si>
     <t>19/01/2023</t>
-  </si>
-[...13 lines deleted...]
-    <t>27/11/2025</t>
   </si>
   <si>
     <t>FLY SCHOOL</t>
   </si>
   <si>
     <t>41 AVENUE DES MARAIS 95130 FRANCONVILLE</t>
   </si>
   <si>
     <t>03/11/2023</t>
   </si>
   <si>
     <t>INFINITY PRO FORMATION</t>
   </si>
   <si>
     <t>6EME ETAGE TOUR EUROPA AVENUE DE L’EUROPE 94320 THIAIS</t>
   </si>
   <si>
     <t>30/11/2023</t>
   </si>
   <si>
     <t>A.Z AERO TRAINING</t>
   </si>
   <si>
     <t>3 ALLEE MARIE CURIE 92000 NANTERRE</t>
   </si>
@@ -2766,4384 +2760,4382 @@
       <c r="F26" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I26" s="3" t="s">
         <v>126</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>34539593300046</v>
+        <v>31721734700044</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="D27" s="2"/>
+      <c r="E27" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I27" s="3">
-        <v>93060554806</v>
+        <v>11750327775</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>37751907900034</v>
+        <v>31754202500174</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>131</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3">
-        <v>23760485376</v>
+        <v>72330032933</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38749351300072</v>
+        <v>32385851400017</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="3">
-        <v>93130431113</v>
+        <v>54860088786</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38808439400054</v>
+        <v>33441214500149</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3">
-        <v>95970037097</v>
+        <v>52490029649</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>38883220600022</v>
+        <v>34025508200034</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="I31" s="3">
-        <v>93040005004</v>
+        <v>11750848275</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>38909782500050</v>
+        <v>34025814400252</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3">
-        <v>22600085860</v>
+        <v>53350168735</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39758087900047</v>
+        <v>34025814400286</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I33" s="3">
-        <v>11752307775</v>
+        <v>53350168735</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>44015315300018</v>
+        <v>34025814400302</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I34" s="3">
-        <v>31620218262</v>
+        <v>53350168735</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>44221809500028</v>
+        <v>34539593300046</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E35" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>153</v>
-      </c>
-[...5 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I35" s="3">
-        <v>82730084873</v>
+        <v>93060554806</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77925023200039</v>
+        <v>37751907900034</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I36" s="3">
-        <v>83630363963</v>
+        <v>23760485376</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78058910700017</v>
+        <v>38138042700066</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="I37" s="3"/>
+        <v>27</v>
+      </c>
+      <c r="I37" s="3">
+        <v>72330212133</v>
+      </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78574029100394</v>
+        <v>38749351300072</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3">
-        <v>11940392094</v>
+        <v>93130431113</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78574029101004</v>
+        <v>38808439400054</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3">
-        <v>11940392094</v>
+        <v>95970037097</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78574029101012</v>
+        <v>38883220600022</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>27</v>
+        <v>169</v>
       </c>
       <c r="I40" s="3">
-        <v>11940392094</v>
+        <v>93040005004</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78574029101038</v>
+        <v>38909782500050</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3">
-        <v>11940392094</v>
+        <v>22600085860</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78975652500026</v>
+        <v>39758087900047</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
       <c r="I42" s="3">
-        <v>25140264714</v>
+        <v>11752307775</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>45404576600069</v>
+        <v>40073444800022</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>176</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>177</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>178</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="3">
-        <v>98970293297</v>
+        <v>31590340859</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>47883804800054</v>
+        <v>40875084200044</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I44" s="3">
-        <v>93131160113</v>
+        <v>24450194445</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>47883804800062</v>
+        <v>41436247500025</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I45" s="3">
-        <v>93131160113</v>
+        <v>73310286031</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>48908897100168</v>
+        <v>42302346400021</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="I46" s="3">
-        <v>93830380583</v>
+        <v>95970093097</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>49239829200051</v>
+        <v>44015315300018</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I47" s="3">
-        <v>11754380275</v>
+        <v>31620218262</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49784180900039</v>
+        <v>44221809500028</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>45</v>
+      </c>
+      <c r="I48" s="3">
+        <v>82730084873</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>50260825000028</v>
+        <v>45211949800023</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I49" s="3">
-        <v>91660143166</v>
+        <v>11930518993</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>50489768700035</v>
+        <v>45211949800239</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>200</v>
+        <v>103</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>27</v>
+      </c>
+      <c r="I50" s="3">
+        <v>11930518993</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>50921839200025</v>
+        <v>45211949800304</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I51" s="3">
-        <v>98970335697</v>
+        <v>11930518993</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>75221828900037</v>
+        <v>45211949800312</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I52" s="3">
-        <v>11930923893</v>
+        <v>11930518993</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>75253547600366</v>
+        <v>45211949800320</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>211</v>
+        <v>195</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>81</v>
+        <v>204</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>201</v>
+        <v>27</v>
       </c>
       <c r="I53" s="3">
-        <v>11755049075</v>
+        <v>11930518993</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>75323263600013</v>
+        <v>45404576600069</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I54" s="3">
-        <v>82730151973</v>
+        <v>98970293297</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>75325973800031</v>
+        <v>47883804800054</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I55" s="3">
-        <v>93060722506</v>
+        <v>93131160113</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>51872913200200</v>
+        <v>47883804800062</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>208</v>
+      </c>
+      <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>221</v>
+        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3">
-        <v>91340755234</v>
+        <v>93131160113</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>51872913200218</v>
+        <v>48908897100168</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>213</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>91340755234</v>
+        <v>93830380583</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>52442151800027</v>
+        <v>49239829200051</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>95970164897</v>
+        <v>11754380275</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>52505175100010</v>
+        <v>49784180900039</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>228</v>
+        <v>220</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>229</v>
+        <v>221</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I59" s="3"/>
+        <v>222</v>
+      </c>
+      <c r="I59" s="3" t="s">
+        <v>223</v>
+      </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>31721734700044</v>
+        <v>50260825000028</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>233</v>
+        <v>27</v>
       </c>
       <c r="I60" s="3">
-        <v>11750327775</v>
+        <v>91660143166</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>31754202500174</v>
+        <v>50489768700035</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>234</v>
+        <v>227</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>235</v>
+        <v>228</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>72330032933</v>
+        <v>230</v>
+      </c>
+      <c r="I61" s="3" t="s">
+        <v>231</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>32385851400017</v>
+        <v>50921839200025</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>233</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I62" s="3">
-        <v>54860088786</v>
+        <v>98970335697</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>33441214500149</v>
+        <v>51472059800036</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I63" s="3">
-        <v>52490029649</v>
+        <v>95970122297</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>40875084200044</v>
+        <v>51872913200200</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="D64" s="2"/>
+        <v>239</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>239</v>
+      </c>
       <c r="E64" s="2" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I64" s="3">
-        <v>24450194445</v>
+        <v>91340755234</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>41436247500025</v>
+        <v>51872913200218</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>239</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>239</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>233</v>
+        <v>27</v>
       </c>
       <c r="I65" s="3">
-        <v>73310286031</v>
+        <v>91340755234</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>42302346400021</v>
+        <v>52442151800027</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>252</v>
+        <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>95970093097</v>
+        <v>95970164897</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>53226832300047</v>
+        <v>52505175100010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I67" s="3"/>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>34025508200034</v>
+        <v>53226832300047</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>250</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>251</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>233</v>
+        <v>130</v>
       </c>
       <c r="I68" s="3">
-        <v>11750848275</v>
+        <v>91660160066</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L68" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>34025814400252</v>
+        <v>75221828900037</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="D69" s="2"/>
+        <v>254</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>255</v>
+      </c>
       <c r="E69" s="2" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
-        <v>53350168735</v>
+        <v>11930923893</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>34025814400286</v>
+        <v>75253547600366</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>264</v>
+        <v>81</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>27</v>
+        <v>230</v>
       </c>
       <c r="I70" s="3">
-        <v>53350168735</v>
+        <v>11755049075</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>34025814400302</v>
+        <v>75323263600013</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>265</v>
+        <v>261</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I71" s="3">
-        <v>53350168735</v>
+        <v>82730151973</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>51472059800036</v>
+        <v>75325973800031</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>263</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>263</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I72" s="3">
-        <v>95970122297</v>
+        <v>93060722506</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L72" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>81298455700031</v>
+        <v>77925023200039</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>270</v>
+        <v>266</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>233</v>
+        <v>45</v>
       </c>
       <c r="I73" s="3">
-        <v>91340880834</v>
+        <v>83630363963</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>40073444800022</v>
+        <v>78058910700017</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>273</v>
+        <v>269</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>274</v>
+        <v>270</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="I74" s="3"/>
       <c r="J74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>45211949800023</v>
+        <v>78574029100394</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I75" s="3">
-        <v>11930518993</v>
+        <v>11940392094</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>45211949800239</v>
+        <v>78574029101004</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>103</v>
+        <v>277</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I76" s="3">
-        <v>11930518993</v>
+        <v>11940392094</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>45211949800304</v>
+        <v>78574029101012</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I77" s="3">
-        <v>11930518993</v>
+        <v>11940392094</v>
       </c>
       <c r="J77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>45211949800312</v>
+        <v>78574029101038</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I78" s="3">
-        <v>11930518993</v>
+        <v>11940392094</v>
       </c>
       <c r="J78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>45211949800320</v>
+        <v>78959188000537</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I79" s="3">
-        <v>11930518993</v>
+        <v>11922122792</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>80341269100021</v>
+        <v>78975652500026</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>286</v>
+        <v>285</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>288</v>
+      </c>
+      <c r="I80" s="3">
+        <v>25140264714</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>80349269300012</v>
+        <v>80341269100021</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="F81" s="2" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>11950569995</v>
+        <v>27</v>
+      </c>
+      <c r="I81" s="3" t="s">
+        <v>292</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>81034790600010</v>
+        <v>80349269300012</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
         <v>294</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>295</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>233</v>
+        <v>45</v>
       </c>
       <c r="I82" s="3">
-        <v>95970197197</v>
+        <v>11950569995</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>81142142900028</v>
+        <v>81034790600010</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
         <v>297</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>298</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I83" s="3">
-        <v>97973068497</v>
+        <v>95970197197</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>81229926100030</v>
+        <v>81142142900028</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>299</v>
       </c>
-      <c r="D84" s="2" t="s">
+      <c r="D84" s="2"/>
+      <c r="E84" s="2" t="s">
         <v>300</v>
       </c>
-      <c r="E84" s="2" t="s">
+      <c r="F84" s="2" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I84" s="3">
-        <v>98970001397</v>
+        <v>97973068497</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>81875335200025</v>
+        <v>81229926100030</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="D85" s="2" t="s">
         <v>303</v>
       </c>
-      <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
         <v>304</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>305</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I85" s="3">
-        <v>98973060797</v>
+        <v>98970001397</v>
       </c>
       <c r="J85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>81875335200058</v>
+        <v>81298455700031</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>221</v>
+        <v>308</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I86" s="3">
-        <v>98973060797</v>
+        <v>91340880834</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>82409268800012</v>
+        <v>81875335200025</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I87" s="3">
-        <v>11930762893</v>
+        <v>98973060797</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>82409268800053</v>
+        <v>81875335200058</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I88" s="3">
-        <v>11930762893</v>
+        <v>98973060797</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>82409268800137</v>
+        <v>82409268800012</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>21</v>
+        <v>315</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I89" s="3">
         <v>11930762893</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>82409268800145</v>
+        <v>82409268800053</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I90" s="3">
         <v>11930762893</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82409268800178</v>
+        <v>82409268800137</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I91" s="3">
         <v>11930762893</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82409268800186</v>
+        <v>82409268800145</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I92" s="3">
         <v>11930762893</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>82409268800244</v>
+        <v>82409268800178</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I93" s="3">
         <v>11930762893</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>82409268800251</v>
+        <v>82409268800186</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>317</v>
+        <v>21</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I94" s="3">
         <v>11930762893</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>82422814200132</v>
+        <v>82409268800244</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I95" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>82422814200454</v>
+        <v>82409268800251</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>21</v>
+        <v>323</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I96" s="3">
-        <v>11930743393</v>
+        <v>11930762893</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>82422814200488</v>
+        <v>82422814200132</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>324</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>325</v>
+      </c>
       <c r="E97" s="2" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I97" s="3">
         <v>11930743393</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>82422814200512</v>
+        <v>82422814200454</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F98" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I98" s="3">
         <v>11930743393</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>82422814200561</v>
+        <v>82422814200488</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F99" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I99" s="3">
         <v>11930743393</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>82422814200926</v>
+        <v>82422814200512</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I100" s="3">
         <v>11930743393</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>82422814201056</v>
+        <v>82422814200561</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I101" s="3">
         <v>11930743393</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>82422814201114</v>
+        <v>82422814200926</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I102" s="3">
         <v>11930743393</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>82422814201148</v>
+        <v>82422814201056</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I103" s="3">
         <v>11930743393</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>82422814201163</v>
+        <v>82422814201114</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I104" s="3">
         <v>11930743393</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>82422814201171</v>
+        <v>82422814201148</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I105" s="3">
         <v>11930743393</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>82422814201205</v>
+        <v>82422814201163</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I106" s="3">
         <v>11930743393</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>82422814201320</v>
+        <v>82422814201171</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I107" s="3">
         <v>11930743393</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>82422814201478</v>
+        <v>82422814201205</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I108" s="3">
         <v>11930743393</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>82422814201643</v>
+        <v>82422814201320</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I109" s="3">
         <v>11930743393</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>82422814201759</v>
+        <v>82422814201478</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I110" s="3">
         <v>11930743393</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>82885733400027</v>
+        <v>82422814201643</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>339</v>
+        <v>21</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I111" s="3">
-        <v>76660215666</v>
+        <v>11930743393</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>82911867800020</v>
+        <v>82422814201759</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>340</v>
+        <v>324</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
         <v>341</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>342</v>
+        <v>21</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I112" s="3" t="s">
-        <v>343</v>
+      <c r="I112" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>82996157200015</v>
+        <v>82451828600060</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I113" s="3" t="s">
-        <v>347</v>
+      <c r="I113" s="3">
+        <v>11950612195</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>83015737600021</v>
+        <v>82885733400027</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="F114" s="2" t="s">
         <v>348</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>233</v>
+        <v>27</v>
       </c>
       <c r="I114" s="3">
-        <v>93830543283</v>
+        <v>76660215666</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>83193815400018</v>
+        <v>82911867800020</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I115" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>84112472000027</v>
+        <v>82996157200015</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I116" s="3">
-        <v>11950649395</v>
+      <c r="I116" s="3" t="s">
+        <v>356</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M116" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>85035420000014</v>
+        <v>83015737600021</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D117" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="D117" s="2" t="s">
+      <c r="E117" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="E117" s="2" t="s">
+      <c r="F117" s="2" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="I117" s="3">
-        <v>75400149740</v>
+        <v>93830543283</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>85222156300038</v>
+        <v>83193815400018</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>85249551400055</v>
+        <v>84112472000027</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I119" s="3" t="s">
-        <v>369</v>
+      <c r="I119" s="3">
+        <v>11950649395</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>85249551400063</v>
+        <v>85035420000014</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>367</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>368</v>
+      </c>
       <c r="E120" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I120" s="3" t="s">
-        <v>369</v>
+      <c r="I120" s="3">
+        <v>75400149740</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>85249551400089</v>
+        <v>85222156300038</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
         <v>372</v>
       </c>
       <c r="F121" s="2" t="s">
         <v>373</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I121" s="3" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>85348389900011</v>
+        <v>85249551400055</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>76820092582</v>
+        <v>27</v>
+      </c>
+      <c r="I122" s="3" t="s">
+        <v>378</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K122" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>87784553700027</v>
+        <v>85249551400089</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I123" s="3">
-        <v>93131812113</v>
+      <c r="I123" s="3" t="s">
+        <v>378</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>87818779800029</v>
+        <v>85348389900011</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="D124" s="2"/>
+        <v>254</v>
+      </c>
+      <c r="D124" s="2" t="s">
+        <v>255</v>
+      </c>
       <c r="E124" s="2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>382</v>
+        <v>130</v>
       </c>
       <c r="I124" s="3">
-        <v>11788467578</v>
+        <v>76820092582</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>88127939200016</v>
+        <v>87784553700027</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>383</v>
       </c>
-      <c r="D125" s="2" t="s">
+      <c r="D125" s="2"/>
+      <c r="E125" s="2" t="s">
         <v>384</v>
       </c>
-      <c r="E125" s="2" t="s">
+      <c r="F125" s="2" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>27</v>
+      </c>
+      <c r="I125" s="3">
+        <v>93131812113</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>88280019600017</v>
+        <v>87818779800029</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>201</v>
+        <v>389</v>
       </c>
       <c r="I126" s="3">
-        <v>44540389954</v>
+        <v>11788467578</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K126" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>88762529100026</v>
+        <v>88127939200016</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="D127" s="2" t="s">
         <v>391</v>
       </c>
-      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
         <v>392</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>393</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>11910882391</v>
+        <v>130</v>
+      </c>
+      <c r="I127" s="3" t="s">
+        <v>394</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K127" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M127" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>89942415400016</v>
+        <v>88280019600017</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>252</v>
+        <v>230</v>
       </c>
       <c r="I128" s="3">
-        <v>93131913413</v>
+        <v>44540389954</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>90246591300017</v>
+        <v>88762529100026</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I129" s="3">
-        <v>11756335875</v>
+        <v>11910882391</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>90756462900018</v>
+        <v>89942415400016</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>27</v>
+        <v>188</v>
       </c>
       <c r="I130" s="3">
-        <v>84691902669</v>
+        <v>93131913413</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>90907814900012</v>
+        <v>90246591300017</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I131" s="3">
-        <v>11910933991</v>
+        <v>11756335875</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>91114836900018</v>
+        <v>90756462900018</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I132" s="3">
-        <v>11756556875</v>
+        <v>84691902669</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>91191494300020</v>
+        <v>90907814900012</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I133" s="3">
-        <v>84070136707</v>
+        <v>11910933991</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>91333636800026</v>
+        <v>91114836900018</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I134" s="3">
-        <v>24360105136</v>
+        <v>11756556875</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L134" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>91808493000018</v>
+        <v>91191494300020</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="I135" s="3">
-        <v>44670721167</v>
+        <v>84070136707</v>
       </c>
       <c r="J135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K135" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>92055555400012</v>
+        <v>91333636800026</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>357</v>
+        <v>421</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
-        <v>420</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>27</v>
+      </c>
+      <c r="I136" s="3">
+        <v>24360105136</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L136" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>92217583100010</v>
+        <v>91808493000018</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>422</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
         <v>423</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>424</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
-        <v>27</v>
+        <v>45</v>
       </c>
       <c r="I137" s="3">
-        <v>11910999191</v>
+        <v>44670721167</v>
       </c>
       <c r="J137" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>93985070700018</v>
+        <v>92055555400012</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>425</v>
       </c>
-      <c r="D138" s="2" t="s">
+      <c r="D138" s="2"/>
+      <c r="E138" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="E138" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F138" s="2" t="s">
-        <v>428</v>
+        <v>366</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
-        <v>27</v>
+        <v>427</v>
       </c>
       <c r="I138" s="3" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M138" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>94847172700016</v>
+        <v>93985070700018</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="D139" s="2" t="s">
         <v>430</v>
       </c>
-      <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
         <v>431</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>432</v>
+        <v>284</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I139" s="3">
-        <v>11931002193</v>
+      <c r="I139" s="3" t="s">
+        <v>432</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>97848549800023</v>
+        <v>94847172700016</v>
       </c>
       <c r="B140" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140" s="2" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="F140" s="2" t="s">
         <v>435</v>
       </c>
-      <c r="F140" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I140" s="3">
-        <v>11922656392</v>
+        <v>11931002193</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M140" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
         <v>98125992200012</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I141" s="3">
         <v>11950836395</v>
       </c>
       <c r="J141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
         <v>98299689400019</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I142" s="3">
         <v>11941225794</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L142" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
         <v>98372775100015</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I143" s="3">
         <v>11922710692</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -7175,31 +7167,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 19:09:41</dc:description>
+  <dc:description>Export en date du 02/02/2026 01:55:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>