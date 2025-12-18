--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -14,125 +14,134 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>OGEC LES CHARMILLES</t>
+  </si>
+  <si>
+    <t>OF CFA CHARMILLES</t>
+  </si>
+  <si>
+    <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
+  </si>
+  <si>
+    <t>01/01/2003</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>16/01/1989</t>
+  </si>
+  <si>
     <t>LYCEE PROFESSIONNEL CHARLES PEGUY</t>
   </si>
   <si>
     <t>CHARLES PEGUY ALTERNANCE</t>
   </si>
   <si>
     <t>102 RUE SYLVABELLE 13006 MARSEILLE</t>
   </si>
   <si>
     <t>01/09/2002</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/01/2003</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE D'ASSURANCE</t>
   </si>
   <si>
     <t>13 RUE FERNAND LEGER 75020 PARIS</t>
   </si>
   <si>
     <t>01/12/2007</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -483,51 +492,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -549,160 +558,197 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>77555960200047</v>
+        <v>78837731500031</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>93131336813</v>
+        <v>84380734338</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78837731500031</v>
+        <v>77555830700093</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3">
-        <v>84380734338</v>
+        <v>93130322913</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>32006002300050</v>
+        <v>77555960200047</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3">
-        <v>11753072075</v>
+        <v>93131336813</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13">
+      <c r="A5" s="1">
+        <v>32006002300050</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="2"/>
+      <c r="H5" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" s="3">
+        <v>11753072075</v>
+      </c>
+      <c r="J5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L5" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -716,31 +762,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 11:15:43</dc:description>
+  <dc:description>Export en date du 12/18/2025 13:12:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>