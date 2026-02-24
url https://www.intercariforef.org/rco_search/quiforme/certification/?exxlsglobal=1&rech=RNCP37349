--- v1 (2025-12-18)
+++ v2 (2026-02-24)
@@ -58,102 +58,102 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ECOLE SUPERIEURE D'ASSURANCE</t>
+  </si>
+  <si>
+    <t>13 RUE FERNAND LEGER 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/12/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>16/01/1989</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL CHARLES PEGUY</t>
+  </si>
+  <si>
+    <t>CHARLES PEGUY ALTERNANCE</t>
+  </si>
+  <si>
+    <t>102 RUE SYLVABELLE 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/2002</t>
+  </si>
+  <si>
     <t>OGEC LES CHARMILLES</t>
   </si>
   <si>
     <t>OF CFA CHARMILLES</t>
   </si>
   <si>
     <t>8 RUE DU TOUR DE L’EAU 38400 SAINT-MARTIN-D'HERES</t>
   </si>
   <si>
     <t>01/01/2003</t>
-  </si>
-[...40 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -558,198 +558,198 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>78837731500031</v>
+        <v>32006002300050</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2" t="s">
+      <c r="D2" s="2"/>
+      <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="E2" s="2" t="s">
+      <c r="F2" s="2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="3">
+        <v>11753072075</v>
+      </c>
+      <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="K2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>77555830700093</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>93130322913</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>77555960200047</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
         <v>93131336813</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>32006002300050</v>
+        <v>78837731500031</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11753072075</v>
+        <v>84380734338</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -762,31 +762,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 13:12:58</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:50:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>