--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE STRASBOURG</t>
   </si>
   <si>
     <t>4 RUE BLAISE PASCAL 67000 STRASBOURG</t>
   </si>
   <si>
     <t>18/08/2008</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -484,198 +484,198 @@
   <si>
     <t>INSTITUT DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>2 RUE MANSART 37170 CHAMBRAY-LES-TOURS</t>
   </si>
   <si>
     <t>01/12/1984</t>
   </si>
   <si>
     <t>2437P002037</t>
   </si>
   <si>
     <t>ECOLE DE SAGES  FEMMES</t>
   </si>
   <si>
     <t>2 BOULEVARD TONNELLE 37000 TOURS</t>
   </si>
   <si>
     <t>05/10/2007</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>LAGARDERE TRAVEL RETAIL FRANCE</t>
+  </si>
+  <si>
+    <t>MONTPELLIER CHU IFMS</t>
+  </si>
+  <si>
+    <t>PDV 382077 IFMS 1146 AVENUE DU PERE SOULAS 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>03/04/2017</t>
+  </si>
+  <si>
+    <t>56.10C</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
+  </si>
+  <si>
+    <t>HOPITAL GABRIEL MONTPIED</t>
+  </si>
+  <si>
+    <t>58 RUE MONTALEMBERT 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>8363P001663</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE COLMAR</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LOUIS PASTEUR</t>
+  </si>
+  <si>
+    <t>HOPITAUX CIVILS DE COLMAR 39 AVENUE DE LA LIBERTE 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>4268P001568</t>
+  </si>
+  <si>
+    <t>HOSPICES CIVILS DE LYON</t>
+  </si>
+  <si>
+    <t>ECOLE INFIRMIERES BLOC OPERATOIRE</t>
+  </si>
+  <si>
+    <t>1 AV CLEMENCEAU 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>8269P470869</t>
+  </si>
+  <si>
+    <t>ASSISTANCE PUBLIQUE HOPITAUX DE PARIS</t>
+  </si>
+  <si>
+    <t>55 BOULEVARD DIDEROT 75012 PARIS</t>
+  </si>
+  <si>
+    <t>12/09/2022</t>
+  </si>
+  <si>
+    <t>1175P015675</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER UNIVERSITAIRE ROUEN</t>
+  </si>
+  <si>
+    <t>ESPACE REG FORMATION PROF SANTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU PROFESSEUR STEWART 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>25/12/2004</t>
+  </si>
+  <si>
+    <t>HOPITAL NORD</t>
+  </si>
+  <si>
+    <t>2 PLACE VICTOR PAUCHET 80080 AMIENS</t>
+  </si>
+  <si>
+    <t>17/09/2024</t>
+  </si>
+  <si>
+    <t>2280P001880</t>
+  </si>
+  <si>
+    <t>ECOLE REGIONALE DES INFIRMIERS DE BLOC OPERATOIRE</t>
+  </si>
+  <si>
+    <t>CHU SUD AV RENE LAENNEC 80480 SALOUEL</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
     <t>CHU NANTES</t>
   </si>
   <si>
     <t>DEP INSTITUTS FORMATION IRFPAS</t>
   </si>
   <si>
     <t>PLATEAU DES ECOLES 50 ROUTE DE SAINT SEBASTIEN 44200 NANTES</t>
   </si>
   <si>
     <t>DIRECTION GENERALE</t>
   </si>
   <si>
     <t>5 ALLEE DE L'ILE GLORIETTE 44000 NANTES</t>
   </si>
   <si>
     <t>25/12/1996</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE D ORLEANS</t>
   </si>
   <si>
     <t>ETS DE FORMATION POLYVALENT</t>
   </si>
   <si>
     <t>89 RUE DU FAUBOURG SAINT-JEAN 45000 ORLEANS</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER UNIVERSITAIRE REIMS</t>
   </si>
   <si>
     <t>45 RUE COGNACQ JAY 51100 REIMS</t>
   </si>
   <si>
     <t>08/12/2008</t>
   </si>
   <si>
     <t>2151P002551</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER UNIVERSITAIRE</t>
-[...82 lines deleted...]
-  <si>
     <t>ECOLE D'INFIRMIERS DE BLOC OPERATOIRE DE LILLE</t>
   </si>
   <si>
     <t>PARC EURASANTE 351 RUE AMBROISE PARE 59120 LOOS</t>
   </si>
   <si>
     <t>16/07/2001</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...13 lines deleted...]
-    <t>56.10C</t>
   </si>
   <si>
     <t>A.E.E.I.B.O - ASSOCIATION DES ENSEIGNANTS ET DES ECOLES D'INFIRMIERS DE BLOC OPERATOIRE</t>
   </si>
   <si>
     <t>ECOLE D'INFIRMIERS DE BLOC OPERATOIRE 351 RUE AMBROISE PARE 59120 LOOS</t>
   </si>
   <si>
     <t>23/09/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE DE TOULOUSE</t>
   </si>
@@ -2308,51 +2308,51 @@
         <v>128</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>128</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I33" s="3" t="s">
         <v>131</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>26300003600032</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>134</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>114</v>
@@ -2546,548 +2546,548 @@
       <c r="F39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>155</v>
       </c>
       <c r="I39" s="3" t="s">
         <v>151</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>26440013600067</v>
+        <v>54209533616621</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>157</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>118</v>
+        <v>159</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>22</v>
+        <v>160</v>
       </c>
       <c r="I40" s="3">
-        <v>52440433644</v>
+        <v>11920905592</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>26440013600471</v>
+        <v>26630746100019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>161</v>
+        <v>54</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="I41" s="3">
-        <v>52440433644</v>
+      <c r="I41" s="3" t="s">
+        <v>164</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>26450009100121</v>
+        <v>26680090300012</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>150</v>
+        <v>54</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="I42" s="3">
-        <v>24450366645</v>
+      <c r="I42" s="3" t="s">
+        <v>168</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>26510005700487</v>
+        <v>26690027301041</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>169</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>170</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>26630746100019</v>
+        <v>26750045201928</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>169</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>54</v>
+        <v>176</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>114</v>
       </c>
       <c r="I44" s="3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>26680090300012</v>
+        <v>26760168000254</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E45" s="2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>54</v>
+        <v>181</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>22</v>
+      </c>
+      <c r="I45" s="3">
+        <v>23760536676</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>26690027301041</v>
+        <v>26800014800018</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>177</v>
+        <v>161</v>
       </c>
       <c r="D46" s="2" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="E46" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>184</v>
+      </c>
       <c r="H46" s="2" t="s">
-        <v>22</v>
+        <v>114</v>
       </c>
       <c r="I46" s="3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>26750045201928</v>
+        <v>26800014800414</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>161</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>114</v>
+        <v>22</v>
       </c>
       <c r="I47" s="3" t="s">
         <v>185</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>26760168000254</v>
+        <v>26440013600067</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>189</v>
+        <v>118</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3">
-        <v>23760536676</v>
+        <v>52440433644</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>26800014800018</v>
+        <v>26440013600471</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>169</v>
+        <v>189</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="I49" s="3" t="s">
-        <v>193</v>
+      <c r="I49" s="3">
+        <v>52440433644</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>26800014800414</v>
+        <v>26450009100121</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>169</v>
+        <v>195</v>
       </c>
       <c r="D50" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>196</v>
+        <v>150</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>193</v>
+        <v>114</v>
+      </c>
+      <c r="I50" s="3">
+        <v>24450366645</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>38068006600020</v>
+        <v>26510005700487</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>31590224859</v>
+        <v>114</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>201</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>54209533616621</v>
+        <v>38068006600020</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>204</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>205</v>
       </c>
       <c r="I52" s="3">
-        <v>11920905592</v>
+        <v>31590224859</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>88270543700011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>209</v>
@@ -3251,31 +3251,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/04/2025 09:20:59</dc:description>
+  <dc:description>Export en date du 01/10/2026 06:31:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>