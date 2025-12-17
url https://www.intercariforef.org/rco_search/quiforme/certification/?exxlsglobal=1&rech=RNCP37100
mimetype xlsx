--- v0 (2025-10-20)
+++ v1 (2025-12-17)
@@ -109,120 +109,120 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA DE L'ESSONNE</t>
   </si>
   <si>
     <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
+    <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
+  </si>
+  <si>
+    <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>PROFORMALYS</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>FORMATEC CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2013</t>
+  </si>
+  <si>
+    <t>ORAKIN CHAMPAGNE ARDENNES</t>
+  </si>
+  <si>
+    <t>8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
   </si>
   <si>
     <t>RUE DE SARRAN 19300 EGLETONS</t>
-  </si>
-[...43 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>BVMH FORMATION</t>
   </si>
   <si>
     <t>4 AVENUE PIERRE SEMARD 31600 SEYSSES</t>
   </si>
   <si>
     <t>05/01/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -749,410 +749,410 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82409268800012</v>
+        <v>78273830600011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>11930762893</v>
+        <v>93130003813</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82409268800160</v>
+        <v>44069524500025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11930762893</v>
+        <v>11754701875</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82409268800210</v>
+        <v>44892442300024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>11930762893</v>
+        <v>95970119197</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>82422814200686</v>
+        <v>42117746000142</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>11930743393</v>
+        <v>44510287251</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82422814200967</v>
+        <v>48201278800030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11930743393</v>
+        <v>41540242854</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>42117746000142</v>
+        <v>82409268800012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>44510287251</v>
+        <v>11930762893</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>44069524500025</v>
+        <v>82409268800160</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11754701875</v>
+        <v>11930762893</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>44892442300024</v>
+        <v>82409268800210</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>95970119197</v>
+        <v>11930762893</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48201278800030</v>
+        <v>82422814200686</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>41540242854</v>
+        <v>11930743393</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78273830600011</v>
+        <v>82422814200967</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>93130003813</v>
+        <v>11930743393</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>90158735200021</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>57</v>
       </c>
@@ -1208,31 +1208,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 11:17:54</dc:description>
+  <dc:description>Export en date du 12/17/2025 07:00:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>