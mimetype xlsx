--- v1 (2025-12-17)
+++ v2 (2026-02-14)
@@ -109,93 +109,93 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>9384P000684</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA DE L'ESSONNE</t>
   </si>
   <si>
     <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
+    <t>ORAKIN CHAMPAGNE ARDENNES</t>
+  </si>
+  <si>
+    <t>8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>PROFORMALYS</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L'OPERA 75001 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2006</t>
+  </si>
+  <si>
+    <t>FORMATEC CARAIBES</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 8 RUE NOBEL 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>06/12/2013</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
     <t>ECOLE DE LA CONSTRUCTION DES INFRASTRUCTURES ET RESEAUX FORMATION</t>
   </si>
   <si>
     <t>PONT-ROYAL SUD 552 ROUTE DU GROS MOURRE 13370 MALLEMORT</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...34 lines deleted...]
-    <t>05/10/2020</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>36 RUE PAUL BERT 44100 NANTES</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>CHE DES CHARBONNIERES 49700 DOUE-EN-ANJOU</t>
   </si>
@@ -749,80 +749,80 @@
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78273830600011</v>
+        <v>42117746000142</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>93130003813</v>
+        <v>44510287251</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>44069524500025</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>23</v>
@@ -860,108 +860,108 @@
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I7" s="3">
         <v>95970119197</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42117746000142</v>
+        <v>48201278800030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I8" s="3">
-        <v>44510287251</v>
+        <v>41540242854</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>48201278800030</v>
+        <v>78273830600011</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>41540242854</v>
+        <v>93130003813</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
@@ -1208,31 +1208,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 07:00:11</dc:description>
+  <dc:description>Export en date du 02/14/2026 15:18:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>