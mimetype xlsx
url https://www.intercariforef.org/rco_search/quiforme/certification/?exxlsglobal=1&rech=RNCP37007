--- v0 (2025-12-24)
+++ v1 (2026-02-08)
@@ -169,50 +169,101 @@
   <si>
     <t>2 RUE ADOLPHE SEYBOTH 67000 STRASBOURG</t>
   </si>
   <si>
     <t>16/07/2020</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LE CORBUSIER</t>
   </si>
   <si>
     <t>GRETA STRASBOURG EUROPE</t>
   </si>
   <si>
     <t>22 RUE LIXENBUHL 67400 ILLKIRCH-GRAFFENSTADEN</t>
   </si>
   <si>
     <t>02/04/2013</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4267P000867</t>
   </si>
   <si>
+    <t>ECOLE DES METIERS DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE LA NOUE 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/01/2016</t>
+  </si>
+  <si>
+    <t>LADAPT</t>
+  </si>
+  <si>
+    <t>C.R.P. LADAPT</t>
+  </si>
+  <si>
+    <t>7 RUE DE GERLAND 69007 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>ASS ECOLE TECHNIQUE LA CHATAIGNERAIE</t>
+  </si>
+  <si>
+    <t>2 RUE CHARLES SCHERER 76240 LE MESNIL-ESNARD</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
   </si>
   <si>
     <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
   </si>
   <si>
     <t>23/06/2005</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DU CYCLE ET MOTOCYCLE</t>
   </si>
   <si>
     <t>47 RUE DU COMMANDANT ROLLAND 93350 LE BOURGET</t>
@@ -233,101 +284,50 @@
     <t>09/11/2020</t>
   </si>
   <si>
     <t>28 RUE SALOMON REINACH 69007 LYON</t>
   </si>
   <si>
     <t>14/05/2021</t>
   </si>
   <si>
     <t>13 AVENUE DES AMERIQUES 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/09/2022</t>
   </si>
   <si>
     <t>2 BOULEVARD DE BONREPOS 31000 TOULOUSE</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
     <t>89 RUE EUGENE FREYSSINET 75013 PARIS</t>
   </si>
   <si>
     <t>20/09/2023</t>
-  </si>
-[...49 lines deleted...]
-    <t>01/02/2008</t>
   </si>
   <si>
     <t>SEPR-ENTREPRISES ET FORMATIONS</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>90 ALLEE JACQUES CARTIER 30320 MARGUERITTES</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -889,51 +889,51 @@
         <v>13002948100095</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="3">
         <v>27210429021</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18060001700016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
@@ -1057,583 +1057,583 @@
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>50</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77990483800066</v>
+        <v>32886010100042</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I10" s="3">
-        <v>82690006869</v>
+        <v>26210018121</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78467149700385</v>
+        <v>50923283100016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="D11" s="2"/>
+      <c r="D11" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E11" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I11" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3">
+        <v>21510170351</v>
+      </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78471393500038</v>
+        <v>50923283100024</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>58</v>
-      </c>
-[...5 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>11930620693</v>
+        <v>21510170351</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78471393500046</v>
+        <v>77569338501457</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>59</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>60</v>
+      </c>
       <c r="E13" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>24</v>
+        <v>63</v>
       </c>
       <c r="I13" s="3">
-        <v>11930620693</v>
+        <v>11930425593</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78471393500079</v>
+        <v>77570084200013</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="I14" s="3">
-        <v>11930620693</v>
+        <v>23760002176</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78471393500087</v>
+        <v>77990483800066</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>11930620693</v>
+        <v>82690006869</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78471393500095</v>
+        <v>78467149700385</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78471393500103</v>
+        <v>78471393500038</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3">
         <v>11930620693</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78471393500111</v>
+        <v>78471393500046</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I18" s="3">
         <v>11930620693</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>50923283100016</v>
+        <v>78471393500079</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>21510170351</v>
+        <v>11930620693</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>50923283100024</v>
+        <v>78471393500087</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>21510170351</v>
+        <v>11930620693</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77569338501457</v>
+        <v>78471393500095</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>82</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>11930425593</v>
+        <v>11930620693</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77570084200013</v>
+        <v>78471393500103</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>23760002176</v>
+        <v>11930620693</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>32886010100042</v>
+        <v>78471393500111</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>87</v>
+        <v>75</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>26210018121</v>
+        <v>11930620693</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>84150214900013</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="3">
         <v>84691605569</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
@@ -1705,31 +1705,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 23:50:28</dc:description>
+  <dc:description>Export en date du 02/08/2026 14:32:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>