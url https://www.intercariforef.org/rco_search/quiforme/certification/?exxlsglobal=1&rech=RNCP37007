--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -1705,31 +1705,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 14:32:48</dc:description>
+  <dc:description>Export en date du 03/26/2026 13:20:49</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>