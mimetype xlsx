--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -79,450 +79,450 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA CORREZE</t>
   </si>
   <si>
     <t>INISUP</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION 25 AVENUE EDOUARD HERRIOT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>7419P000619</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>TALIS COMPTENCES &amp; CERTIFICATIONS</t>
+  </si>
+  <si>
+    <t>110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>01/01/2011</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>TALIS FORMATION</t>
+  </si>
+  <si>
+    <t>50-58 50 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>29/09/2014</t>
+  </si>
+  <si>
+    <t>15 RUE VAUBAN 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>TALIS PARIS</t>
+  </si>
+  <si>
+    <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
+  </si>
+  <si>
+    <t>31/07/2008</t>
+  </si>
+  <si>
+    <t>ASSOC INSTITUTION ST ASPAIS DE MELUN</t>
+  </si>
+  <si>
+    <t>36 RUE SAINT BARTHELEMY 77000 MELUN</t>
+  </si>
+  <si>
+    <t>09/03/1972</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION CONSEIL</t>
+  </si>
+  <si>
+    <t>250 RUE DU 12E REGIMENT DE ZOUAVES 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>25/07/1996</t>
+  </si>
+  <si>
+    <t>IFC</t>
+  </si>
+  <si>
+    <t>ZONE POLYGONE NORD 21 RUE ETIENNE BOBO 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>20/04/2009</t>
+  </si>
+  <si>
+    <t>IFC LOIRE</t>
+  </si>
+  <si>
+    <t>10 PLACE SADI-CARNOT 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>GMD</t>
+  </si>
+  <si>
+    <t>CAMPUS INTER DE JACOU 4 AVENUE JEAN SEBASTIEN BACH 34830 JACOU</t>
+  </si>
+  <si>
+    <t>01/10/1992</t>
+  </si>
+  <si>
+    <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
+  </si>
+  <si>
+    <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>31/10/1994</t>
+  </si>
+  <si>
+    <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
+  </si>
+  <si>
+    <t>01/01/2007</t>
+  </si>
+  <si>
+    <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>TALIS DORDOGNE</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>24-26 24 COURS FENELON 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>ECOFAC EVOLUTION</t>
+  </si>
+  <si>
+    <t>ZA MONTHEARD 21 RUE EDGAR BRANDT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>27/11/2009</t>
+  </si>
+  <si>
+    <t>BUREAUX D'ARGOAT 3 RUE GUGLIELMO MARCONI 44800 SAINT-HERBLAIN</t>
+  </si>
+  <si>
+    <t>15/07/2019</t>
+  </si>
+  <si>
+    <t>22 RUE MICHAEL FARADAY 49070 BEAUCOUZE</t>
+  </si>
+  <si>
+    <t>01/10/2020</t>
+  </si>
+  <si>
+    <t>TALIS B.S. PARIS</t>
+  </si>
+  <si>
+    <t>110 AVENUE DE LA REPUBLIQUE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>RHADAMANTE</t>
+  </si>
+  <si>
+    <t>ISTER</t>
+  </si>
+  <si>
+    <t>13 RUE ROBERT DE MOUCON 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>ASS GESTION ENSEMBLE SCOLAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>210 RUE INGENIEUR SANSOUBE 74800 LA ROCHE-SUR-FORON</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CFP ECOLE NANTAISE DE COMMERCE-ENC</t>
+  </si>
+  <si>
+    <t>4 QUAI FRANCOIS MITTERRAND 44200 NANTES</t>
+  </si>
+  <si>
+    <t>10/07/2015</t>
+  </si>
+  <si>
+    <t>ECOLE SCIENCES &amp; TECHNIQUES COMMERCIALES</t>
+  </si>
+  <si>
+    <t>19 RUE ESPERANDIEU 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2004</t>
+  </si>
+  <si>
+    <t>ECOFAC</t>
+  </si>
+  <si>
+    <t>09/10/1995</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>ASS REGIONAL INTERPRO APPRENTI AQUITAINE</t>
+  </si>
+  <si>
+    <t>27/06/2005</t>
+  </si>
+  <si>
+    <t>48  50 48 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>LD LES MAURIGOUX 110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>24 COURS FENELON 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>TALIS POITIERS</t>
+  </si>
+  <si>
+    <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>29/05/2007</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>EVOLUA FORMATION</t>
+  </si>
+  <si>
+    <t>18 AVENUE DE GARBSEN 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>04/07/2008</t>
+  </si>
+  <si>
+    <t>4 ESP ANTON PHILIPS 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>CFAI REGION NORD PAS-DE-CALAIS</t>
+  </si>
+  <si>
+    <t>CS83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CFAI OISE</t>
+  </si>
+  <si>
+    <t>6 AVENUE PAUL HENRI SPAAK 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN DE FORMATION ECOLE PRIVEE</t>
+  </si>
+  <si>
+    <t>23 A RUE VAUBAN 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/07/1985</t>
+  </si>
+  <si>
+    <t>ESPACE EUROPEEN DE L'ENTREPRISE 15 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>19/10/2020</t>
+  </si>
+  <si>
+    <t>TALIS BORDEAUX</t>
+  </si>
+  <si>
+    <t>IPS BERNOM ITS BERNOM CIFAC</t>
+  </si>
+  <si>
+    <t>52/58 52 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>17/06/2008</t>
+  </si>
+  <si>
+    <t>TALIS BAYONNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
     <t>A.3.D.</t>
   </si>
   <si>
     <t>I.T.C.</t>
   </si>
   <si>
     <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>28/01/2022</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...293 lines deleted...]
-    <t>85.20Z</t>
+    <t>PEM EDUCATION</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
   </si>
   <si>
     <t>B2H 83 LA VALETTE</t>
   </si>
   <si>
     <t>CENTRE HERMES PARC VALGORA RUE LAURENT SCHWARTZ 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>B2H13 MARSEILLE</t>
   </si>
   <si>
     <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
   </si>
   <si>
     <t>07/01/2016</t>
   </si>
   <si>
     <t>B2H 13 AIX</t>
   </si>
   <si>
     <t>P.A DES MILLES ANTHELIOS BAT D 75 RUE MARCELIN BERTHELOT 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>02/09/2019</t>
-  </si>
-[...64 lines deleted...]
-    <t>01/10/2020</t>
   </si>
   <si>
     <t>ESAGE</t>
   </si>
   <si>
     <t>BATIMENT G2 213 RUE DE GERLAND 69007 LYON</t>
   </si>
   <si>
     <t>01/01/2024</t>
   </si>
   <si>
     <t>54 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>ALYDRINE</t>
   </si>
   <si>
     <t>111 RUE DE MEULAN 78410 FLINS-SUR-SEINE</t>
   </si>
   <si>
     <t>20/09/2018</t>
   </si>
@@ -1023,2004 +1023,2004 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>48180466400037</v>
+        <v>34959731000086</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>53220797422</v>
+        <v>72240092424</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>43868938200036</v>
+        <v>35112793100035</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44062052400015</v>
+        <v>35112793100050</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44229373400020</v>
+        <v>35176305700061</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>52440410944</v>
+        <v>11752204675</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45103597600021</v>
+        <v>35319145500016</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>93131133713</v>
+        <v>11770089277</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>34959731000086</v>
+        <v>37924163100058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>72240092424</v>
+        <v>93840081584</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>35112793100035</v>
+        <v>37924163100108</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I9" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I9" s="3">
+        <v>93840081584</v>
+      </c>
       <c r="J9" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>35112793100050</v>
+        <v>37924163100116</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D10" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I10" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I10" s="3">
+        <v>93840081584</v>
+      </c>
       <c r="J10" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>35176305700061</v>
+        <v>38890113400014</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="I11" s="3">
-        <v>11752204675</v>
+        <v>91340005634</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>35319145500016</v>
+        <v>78050734900048</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>11770089277</v>
+        <v>22600001660</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>37924163100058</v>
+        <v>78050734900097</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>93840081584</v>
+        <v>22600001660</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>37924163100108</v>
+        <v>78050734900139</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>93840081584</v>
+        <v>22600001660</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>37924163100116</v>
+        <v>79811982200012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>93840081584</v>
+        <v>72240167724</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38890113400014</v>
+        <v>79811982200038</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>91340005634</v>
+        <v>72240167724</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>40243776800011</v>
+        <v>51869149800019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>52720135872</v>
+        <v>52720131972</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>30048880600120</v>
+        <v>51869149800043</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="I18" s="3">
-        <v>32591068459</v>
+        <v>52720131972</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>30048880600138</v>
+        <v>51869149800068</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>32591068459</v>
+        <v>52720131972</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>30290898300026</v>
+        <v>42931147500025</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>68</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>69</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>80</v>
+        <v>70</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30290898300042</v>
+        <v>43207084500065</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>82</v>
+        <v>73</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>74</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="I21" s="3">
-        <v>32600361560</v>
+        <v>53350670135</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30290898300109</v>
+        <v>43868938200036</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>86</v>
+        <v>79</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>81</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>32600361560</v>
+        <v>82740035074</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>31625230300029</v>
+        <v>44062052400015</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="G23" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>84</v>
+      </c>
       <c r="H23" s="2" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="I23" s="3">
-        <v>42670006267</v>
+        <v>95970113997</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>31625230300052</v>
+        <v>44229373400020</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="I24" s="3">
-        <v>42670006267</v>
+        <v>52440410944</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>33851631300065</v>
+        <v>45103597600021</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I25" s="3">
-        <v>72330615033</v>
+        <v>93131133713</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>33882972400040</v>
+        <v>40243776800011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="I26" s="3">
-        <v>72640035164</v>
+        <v>52720135872</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>41159185200073</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
         <v>96973018697</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>41387086600063</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>48</v>
+        <v>29</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I28" s="3">
         <v>72240142824</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>41387086600097</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I29" s="3">
         <v>72240142824</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>41387086600105</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I30" s="3">
         <v>72240142824</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>41387086600113</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I31" s="3">
         <v>72240142824</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>41885869200043</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
         <v>54860068686</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>42302346400021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="I33" s="3">
         <v>95970093097</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42931147500025</v>
+        <v>50406459300024</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="I34" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I34" s="3">
+        <v>25140220114</v>
+      </c>
       <c r="J34" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>43207084500065</v>
+        <v>50406459300032</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>123</v>
+        <v>24</v>
       </c>
       <c r="I35" s="3">
-        <v>53350670135</v>
+        <v>25140220114</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>81839222700026</v>
+        <v>30048880600120</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>25</v>
+        <v>85</v>
       </c>
       <c r="I36" s="3">
-        <v>93131628313</v>
+        <v>32591068459</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>81839227600015</v>
+        <v>30048880600138</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
       <c r="I37" s="3">
-        <v>93131671713</v>
+        <v>32591068459</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>81946418100034</v>
+        <v>30290898300026</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>131</v>
+        <v>53</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="I38" s="3">
-        <v>93131671613</v>
+        <v>32600361560</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>48888299400046</v>
+        <v>30290898300042</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>122</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>125</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>134</v>
+        <v>126</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>135</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>98</v>
+        <v>124</v>
       </c>
       <c r="I39" s="3">
-        <v>11922448792</v>
+        <v>32600361560</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>50406459300024</v>
+        <v>30290898300109</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>138</v>
+        <v>55</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>139</v>
+        <v>56</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>25</v>
+        <v>124</v>
       </c>
       <c r="I40" s="3">
-        <v>25140220114</v>
+        <v>32600361560</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>50406459300032</v>
+        <v>31625230300029</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
-        <v>25140220114</v>
+        <v>42670006267</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>78050734900048</v>
+        <v>31625230300052</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>142</v>
+        <v>127</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>143</v>
+        <v>130</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I42" s="3">
-        <v>22600001660</v>
+        <v>42670006267</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>78050734900097</v>
+        <v>33851631300065</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>142</v>
-[...1 lines deleted...]
-      <c r="D43" s="2"/>
+        <v>132</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>133</v>
+      </c>
       <c r="E43" s="2" t="s">
-        <v>79</v>
+        <v>134</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I43" s="3">
-        <v>22600001660</v>
+        <v>72330615033</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>78050734900139</v>
+        <v>33882972400040</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I44" s="3">
-        <v>22600001660</v>
+        <v>72640035164</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>79811982200012</v>
+        <v>48180466400037</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>138</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>139</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>43</v>
+        <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I45" s="3">
-        <v>72240167724</v>
+        <v>53220797422</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>79811982200038</v>
+        <v>48888299400046</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>13</v>
+        <v>80</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="G46" s="2"/>
+        <v>144</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>145</v>
+      </c>
       <c r="H46" s="2" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="I46" s="3">
-        <v>72240167724</v>
+        <v>11922448792</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>51869149800019</v>
+        <v>81839222700026</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>70</v>
+        <v>147</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I47" s="3">
-        <v>52720131972</v>
+        <v>93131628313</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>51869149800043</v>
+        <v>81839227600015</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>52720131972</v>
+        <v>93131671713</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>51869149800068</v>
+        <v>81946418100034</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>154</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
-        <v>52720131972</v>
+        <v>93131671613</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>83023622000026</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>157</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I50" s="3">
         <v>11755705575</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>83023622000034</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>158</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>159</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
         <v>11755705575</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>84265306500016</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>163</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I52" s="3">
         <v>11788398978</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>84462511100027</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>164</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>165</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I53" s="3" t="s">
         <v>167</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>85151781300016</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>168</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>128</v>
+        <v>150</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>169</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>170</v>
       </c>
       <c r="I54" s="3">
         <v>93131781213</v>
       </c>
       <c r="J54" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>94953886200010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="I55" s="3">
         <v>76311220731</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3048,31 +3048,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/28/2025 00:26:01</dc:description>
+  <dc:description>Export en date du 12/17/2025 07:00:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>