--- v1 (2025-12-17)
+++ v2 (2025-12-17)
@@ -79,77 +79,98 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA CORREZE</t>
   </si>
   <si>
     <t>INISUP</t>
   </si>
   <si>
     <t>CAMPUS DE FORMATION 25 AVENUE EDOUARD HERRIOT 19100 BRIVE-LA-GAILLARDE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>7419P000619</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>TALIS DORDOGNE</t>
+  </si>
+  <si>
+    <t>110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>01/11/2013</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>24-26 24 COURS FENELON 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/09/2018</t>
+  </si>
+  <si>
+    <t>TALIS BAYONNE</t>
+  </si>
+  <si>
+    <t>15 RUE VAUBAN 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>TALIS COMPTENCES &amp; CERTIFICATIONS</t>
   </si>
   <si>
-    <t>110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
-[...1 lines deleted...]
-  <si>
     <t>01/01/2011</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...4 lines deleted...]
-  <si>
     <t>TALIS FORMATION</t>
   </si>
   <si>
     <t>50-58 50 RUE DE MARSEILLE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>29/09/2014</t>
   </si>
   <si>
-    <t>15 RUE VAUBAN 64100 BAYONNE</t>
-[...1 lines deleted...]
-  <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>TALIS PARIS</t>
   </si>
   <si>
     <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>31/07/2008</t>
   </si>
   <si>
     <t>ASSOC INSTITUTION ST ASPAIS DE MELUN</t>
   </si>
   <si>
     <t>36 RUE SAINT BARTHELEMY 77000 MELUN</t>
   </si>
   <si>
     <t>09/03/1972</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>INSTITUT FORMATION CONSEIL</t>
@@ -166,248 +187,257 @@
   <si>
     <t>ZONE POLYGONE NORD 21 RUE ETIENNE BOBO 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>20/04/2009</t>
   </si>
   <si>
     <t>IFC LOIRE</t>
   </si>
   <si>
     <t>10 PLACE SADI-CARNOT 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/09/2011</t>
   </si>
   <si>
     <t>GMD</t>
   </si>
   <si>
     <t>CAMPUS INTER DE JACOU 4 AVENUE JEAN SEBASTIEN BACH 34830 JACOU</t>
   </si>
   <si>
     <t>01/10/1992</t>
   </si>
   <si>
+    <t>TALIS B.S. PARIS</t>
+  </si>
+  <si>
+    <t>110 AVENUE DE LA REPUBLIQUE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2021</t>
+  </si>
+  <si>
+    <t>RHADAMANTE</t>
+  </si>
+  <si>
+    <t>ISTER</t>
+  </si>
+  <si>
+    <t>13 RUE ROBERT DE MOUCON 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>ASS GESTION ENSEMBLE SCOLAIRE CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>210 RUE INGENIEUR SANSOUBE 74800 LA ROCHE-SUR-FORON</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FORE ALTERNANCE</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 23 RUE ALFRED LUMIERE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>24/12/2001</t>
+  </si>
+  <si>
+    <t>21/11/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>CFP ECOLE NANTAISE DE COMMERCE-ENC</t>
+  </si>
+  <si>
+    <t>4 QUAI FRANCOIS MITTERRAND 44200 NANTES</t>
+  </si>
+  <si>
+    <t>10/07/2015</t>
+  </si>
+  <si>
+    <t>ECOLE SCIENCES &amp; TECHNIQUES COMMERCIALES</t>
+  </si>
+  <si>
+    <t>19 RUE ESPERANDIEU 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2004</t>
+  </si>
+  <si>
+    <t>ECOFAC</t>
+  </si>
+  <si>
+    <t>ZA MONTHEARD 21 RUE EDGAR BRANDT 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>09/10/1995</t>
+  </si>
+  <si>
+    <t>EQUINOXE FORMATION</t>
+  </si>
+  <si>
+    <t>CENTRE COMMERCIAL KATOURY  5-7 5 ROCADE DE ZEPHIR 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>14/10/2011</t>
+  </si>
+  <si>
+    <t>ASS REGIONAL INTERPRO APPRENTI AQUITAINE</t>
+  </si>
+  <si>
+    <t>27/06/2005</t>
+  </si>
+  <si>
+    <t>48  50 48 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/12/2009</t>
+  </si>
+  <si>
+    <t>LD LES MAURIGOUX 110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>24 COURS FENELON 24000 PERIGUEUX</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>TALIS POITIERS</t>
+  </si>
+  <si>
+    <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>29/05/2007</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>PROMEO ASSOCIATION DE FORMATION PROFESSIONNELLE DE LINDUSTRIE DE PICARDIE PROMEO AFPI PICARDIE</t>
   </si>
   <si>
     <t>240 AVENUE MARCEL DASSAULT 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>31/10/1994</t>
   </si>
   <si>
     <t>1 AVENUE EUGENE GAZEAU 60300 SENLIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>ZA LA VALLEE 114 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
-    <t>TALIS DORDOGNE</t>
-[...8 lines deleted...]
-    <t>01/09/2018</t>
+    <t>EVOLUA FORMATION</t>
+  </si>
+  <si>
+    <t>18 AVENUE DE GARBSEN 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>04/07/2008</t>
+  </si>
+  <si>
+    <t>4 ESP ANTON PHILIPS 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>22/11/2023</t>
+  </si>
+  <si>
+    <t>A.3.D.</t>
+  </si>
+  <si>
+    <t>I.T.C.</t>
+  </si>
+  <si>
+    <t>11 RUE RABELAIS 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
+    <t>28/01/2022</t>
+  </si>
+  <si>
+    <t>PEM EDUCATION</t>
+  </si>
+  <si>
+    <t>1 PLACE DE LA PYRAMIDE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
   </si>
   <si>
     <t>ECOFAC EVOLUTION</t>
   </si>
   <si>
-    <t>ZA MONTHEARD 21 RUE EDGAR BRANDT 72000 LE MANS</t>
-[...1 lines deleted...]
-  <si>
     <t>27/11/2009</t>
   </si>
   <si>
     <t>BUREAUX D'ARGOAT 3 RUE GUGLIELMO MARCONI 44800 SAINT-HERBLAIN</t>
   </si>
   <si>
     <t>15/07/2019</t>
   </si>
   <si>
     <t>22 RUE MICHAEL FARADAY 49070 BEAUCOUZE</t>
   </si>
   <si>
     <t>01/10/2020</t>
   </si>
   <si>
-    <t>TALIS B.S. PARIS</t>
-[...142 lines deleted...]
-  <si>
     <t>CFAI REGION NORD PAS-DE-CALAIS</t>
   </si>
   <si>
     <t>CS83056 4 RUE DES CHATEAUX 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>360 RUE MIROSLAW HOLLER 62110 HENIN-BEAUMONT</t>
   </si>
   <si>
     <t>01/07/2016</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>PROMEO CENTRE DE FORMATION D APPRENTIS DE L INDUSTRIE DE PICARDIE PROMEO CFAI PICARDIE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
@@ -422,80 +452,50 @@
     <t>INSTITUT EUROPEEN DE FORMATION ECOLE PRIVEE</t>
   </si>
   <si>
     <t>23 A RUE VAUBAN 67000 STRASBOURG</t>
   </si>
   <si>
     <t>01/07/1985</t>
   </si>
   <si>
     <t>ESPACE EUROPEEN DE L'ENTREPRISE 15 AVENUE DE L'EUROPE 67300 SCHILTIGHEIM</t>
   </si>
   <si>
     <t>19/10/2020</t>
   </si>
   <si>
     <t>TALIS BORDEAUX</t>
   </si>
   <si>
     <t>IPS BERNOM ITS BERNOM CIFAC</t>
   </si>
   <si>
     <t>52/58 52 RUE DE MARSEILLE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>17/06/2008</t>
-  </si>
-[...28 lines deleted...]
-    <t>29/05/2025</t>
   </si>
   <si>
     <t>B2H 83 LA VALETTE</t>
   </si>
   <si>
     <t>CENTRE HERMES PARC VALGORA RUE LAURENT SCHWARTZ 83160 LA VALETTE-DU-VAR</t>
   </si>
   <si>
     <t>01/03/2018</t>
   </si>
   <si>
     <t>B2H13 MARSEILLE</t>
   </si>
   <si>
     <t>25 BOULEVARD EDOUARD HERRIOT 13008 MARSEILLE</t>
   </si>
   <si>
     <t>07/01/2016</t>
   </si>
   <si>
     <t>B2H 13 AIX</t>
   </si>
   <si>
     <t>P.A DES MILLES ANTHELIOS BAT D 75 RUE MARCELIN BERTHELOT 13290 AIX-EN-PROVENCE</t>
   </si>
@@ -1023,1684 +1023,1684 @@
       <c r="F2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34959731000086</v>
+        <v>79811982200012</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>72240092424</v>
+        <v>72240167724</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35112793100035</v>
+        <v>79811982200038</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I4" s="3"/>
+      <c r="I4" s="3">
+        <v>72240167724</v>
+      </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35112793100050</v>
+        <v>33882972400040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I5" s="3">
+        <v>72640035164</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>35176305700061</v>
+        <v>34959731000086</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>11752204675</v>
+        <v>72240092424</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>35319145500016</v>
+        <v>35112793100035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>37924163100058</v>
+        <v>35112793100050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>37924163100108</v>
+        <v>35176305700061</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>93840081584</v>
+        <v>11752204675</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>37924163100116</v>
+        <v>35319145500016</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="I10" s="3">
-        <v>93840081584</v>
+        <v>11770089277</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38890113400014</v>
+        <v>37924163100058</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="I11" s="3">
-        <v>91340005634</v>
+        <v>93840081584</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>78050734900048</v>
+        <v>37924163100108</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>50</v>
-      </c>
-[...5 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>22600001660</v>
+        <v>93840081584</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78050734900097</v>
+        <v>37924163100116</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D13" s="2"/>
+        <v>45</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>51</v>
+      </c>
       <c r="E13" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="3">
-        <v>22600001660</v>
+        <v>93840081584</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78050734900139</v>
+        <v>38890113400014</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="I14" s="3">
-        <v>22600001660</v>
+        <v>91340005634</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>79811982200012</v>
+        <v>42931147500025</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>79811982200038</v>
+        <v>43207084500065</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D16" s="2"/>
+        <v>60</v>
+      </c>
+      <c r="D16" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E16" s="2" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="I16" s="3">
-        <v>72240167724</v>
+        <v>53350670135</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>51869149800019</v>
+        <v>43868938200036</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>52720131972</v>
+        <v>82740035074</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51869149800043</v>
+        <v>44062052400015</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>71</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="I18" s="3">
-        <v>52720131972</v>
+        <v>95970113997</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>51869149800068</v>
+        <v>44229373400020</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="I19" s="3">
-        <v>52720131972</v>
+        <v>52440410944</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42931147500025</v>
+        <v>45103597600021</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I20" s="3">
+        <v>93131133713</v>
+      </c>
       <c r="J20" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43207084500065</v>
+        <v>40243776800011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>76</v>
+        <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>53350670135</v>
+        <v>52720135872</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43868938200036</v>
+        <v>41159185200073</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>82740035074</v>
+        <v>96973018697</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44062052400015</v>
+        <v>41387086600063</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="I23" s="3">
-        <v>95970113997</v>
+        <v>72240142824</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44229373400020</v>
+        <v>41387086600097</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="I24" s="3">
-        <v>52440410944</v>
+        <v>72240142824</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>45103597600021</v>
+        <v>41387086600105</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>91</v>
+        <v>33</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="I25" s="3">
-        <v>93131133713</v>
+        <v>72240142824</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>40243776800011</v>
+        <v>41387086600113</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>62</v>
+        <v>91</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="I26" s="3">
-        <v>52720135872</v>
+        <v>72240142824</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>41159185200073</v>
+        <v>41885869200043</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>96973018697</v>
+        <v>54860068686</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41387086600063</v>
+        <v>42302346400021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="I28" s="3">
-        <v>72240142824</v>
+        <v>95970093097</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>41387086600097</v>
+        <v>78050734900048</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="I29" s="3">
-        <v>72240142824</v>
+        <v>22600001660</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>41387086600105</v>
+        <v>78050734900097</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
-        <v>72240142824</v>
+        <v>22600001660</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>41387086600113</v>
+        <v>78050734900139</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="I31" s="3">
-        <v>72240142824</v>
+        <v>22600001660</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>41885869200043</v>
+        <v>50406459300024</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>54860068686</v>
+        <v>25140220114</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42302346400021</v>
+        <v>50406459300032</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>110</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>95970093097</v>
+        <v>25140220114</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>50406459300024</v>
+        <v>48180466400037</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="D34" s="2"/>
+        <v>112</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>113</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>25140220114</v>
+        <v>53220797422</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>50406459300032</v>
+        <v>48888299400046</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>118</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>119</v>
+      </c>
       <c r="H35" s="2" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="I35" s="3">
-        <v>25140220114</v>
+        <v>11922448792</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30048880600120</v>
+        <v>51869149800019</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>117</v>
+        <v>81</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>85</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>32591068459</v>
+        <v>52720131972</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30048880600138</v>
+        <v>51869149800043</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>121</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>32591068459</v>
+        <v>52720131972</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>30290898300026</v>
+        <v>51869149800068</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>53</v>
+        <v>124</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>124</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
-        <v>32600361560</v>
+        <v>52720131972</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>30290898300042</v>
+        <v>30048880600120</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>54</v>
+        <v>128</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>124</v>
+        <v>73</v>
       </c>
       <c r="I39" s="3">
-        <v>32600361560</v>
+        <v>32591068459</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>30290898300109</v>
+        <v>30048880600138</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>55</v>
+        <v>129</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="I40" s="3">
-        <v>32600361560</v>
+        <v>32591068459</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>31625230300029</v>
+        <v>30290898300026</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="I41" s="3">
-        <v>42670006267</v>
+        <v>32600361560</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>31625230300052</v>
+        <v>30290898300042</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>132</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>135</v>
+      </c>
       <c r="E42" s="2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>131</v>
+        <v>104</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="I42" s="3">
-        <v>42670006267</v>
+        <v>32600361560</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>33851631300065</v>
+        <v>30290898300109</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>132</v>
       </c>
-      <c r="D43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>134</v>
+        <v>105</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>135</v>
+        <v>106</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>24</v>
+        <v>134</v>
       </c>
       <c r="I43" s="3">
-        <v>72330615033</v>
+        <v>32600361560</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>33882972400040</v>
+        <v>31625230300029</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
-        <v>72640035164</v>
+        <v>42670006267</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>48180466400037</v>
+        <v>31625230300052</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I45" s="3">
-        <v>53220797422</v>
+        <v>42670006267</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>48888299400046</v>
+        <v>33851631300065</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D46" s="2"/>
+      <c r="D46" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="G46" s="2" t="s">
         <v>145</v>
       </c>
+      <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>11922448792</v>
+        <v>72330615033</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>81839222700026</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="3">
         <v>93131628313</v>
@@ -2849,67 +2849,67 @@
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I51" s="3">
         <v>11755705575</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>84265306500016</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>161</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>162</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>163</v>
       </c>
       <c r="H52" s="2" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="I52" s="3">
         <v>11788398978</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>84462511100027</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
@@ -3048,31 +3048,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 07:00:14</dc:description>
+  <dc:description>Export en date du 12/17/2025 09:45:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>