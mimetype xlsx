--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -106,588 +106,588 @@
   <si>
     <t>01/01/2001</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>4370P001470</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>COLLEGE RAIZET</t>
   </si>
   <si>
     <t>GRETA DE LA GUADELOUPE</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 97139 LES ABYMES</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
-    <t>01973176997</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL DANIELLA JEFFRY</t>
   </si>
   <si>
     <t>GRETA DES ISLES DU NORD</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL MARIGOT 97150 SAINT MARTIN</t>
   </si>
   <si>
     <t>12/01/1989</t>
   </si>
   <si>
+    <t>ORGANISME GESTION LYCEE PROFES STE MARIE</t>
+  </si>
+  <si>
+    <t>39 RUE DES FRERES CHAPPE 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ECLOSON</t>
+  </si>
+  <si>
+    <t>CHEZ SOURCE BUREAU 562 59 RUE DE PONTHIEU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>31/07/2020</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>BRETAGNE ATLANTIQUE CONSEILS FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DU BOIS JOLI 44200 NANTES</t>
+  </si>
+  <si>
+    <t>22/06/1999</t>
+  </si>
+  <si>
+    <t>CAP FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE FRANCOIS DE MAHY 97420 LE PORT</t>
+  </si>
+  <si>
+    <t>10/11/2005</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>SARL ADREC AUVERGNE</t>
+  </si>
+  <si>
+    <t>15 BOULEVARD AMBROISE BRUGIERE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>AFTRAL</t>
+  </si>
+  <si>
+    <t>AFTRAL ISTELI LE HAVRE</t>
+  </si>
+  <si>
+    <t>BATIMENT H78 144 QUAI DE LA GIRONDE 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/11/2021</t>
+  </si>
+  <si>
+    <t>ECOLE GRANDJEAN STRASBOURG</t>
+  </si>
+  <si>
+    <t>8 RUE DE LONDRES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>CAMPUS STRAT@INNOV PARIS</t>
+  </si>
+  <si>
+    <t>24 RUE DE L' AMIRAL HAMELIN 75016 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FORCE FORMAT COMPET EFFIC SAVOIR FAIRE</t>
+  </si>
+  <si>
+    <t>SARL AS</t>
+  </si>
+  <si>
+    <t>13 RUE DE LIEGE 78990 ELANCOURT</t>
+  </si>
+  <si>
+    <t>18/12/2023</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>RETRAVAILLER DANS L OUEST</t>
+  </si>
+  <si>
+    <t>BATIMENT A 8 IMPASSE DE BELGIQUE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>27/10/2008</t>
+  </si>
+  <si>
+    <t>FORMATEURS DE BOURBON</t>
+  </si>
+  <si>
+    <t>IMMEUBLE RAMASSAMY APPT 4 1 B RUE CLAUDE MONET 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>05/09/1990</t>
+  </si>
+  <si>
+    <t>ARIANE FORMATION</t>
+  </si>
+  <si>
+    <t>6 ROUTE DE SAVANNAH 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>SOCIETE FRANCAISE ETUDE FORMATION</t>
+  </si>
+  <si>
+    <t>43 QUAI DE GRENELLE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>VIA FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC DU RIBAY BOULEVARD LOUIS LEPRINCE-RINGUET 72000 LE MANS</t>
+  </si>
+  <si>
+    <t>20/01/2007</t>
+  </si>
+  <si>
+    <t>AXE RESSOURCE CONSEIL</t>
+  </si>
+  <si>
+    <t>APPT 6 145 B RUE MARIUS ET ARY LEBLOND 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>15/01/2002</t>
+  </si>
+  <si>
+    <t>EXEGO</t>
+  </si>
+  <si>
+    <t>PORTE A 26 RUE DES MAGASINS GENERAUX 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>EXOFORMATIONS</t>
+  </si>
+  <si>
+    <t>30 RUE GEORGES THORETTON 92230 GENNEVILLIERS</t>
+  </si>
+  <si>
+    <t>03/01/2011</t>
+  </si>
+  <si>
+    <t>LB DEVELOPPEMENT DOM</t>
+  </si>
+  <si>
+    <t>ZI DE JARRY 488 RUE DE LA CHAPELLE 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>ADONIS</t>
+  </si>
+  <si>
+    <t>ADONIS - ROSE CARMIN</t>
+  </si>
+  <si>
+    <t>179 AVENUE DE MURET 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2011</t>
+  </si>
+  <si>
+    <t>INSTITUT AERO FORMATIONS</t>
+  </si>
+  <si>
+    <t>CAMAS FORMATION</t>
+  </si>
+  <si>
+    <t>LES CUVES DE LA MARE 30 RUE ANDRE LARDY 97438 SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
+    <t>STEPHANE AUGER COM</t>
+  </si>
+  <si>
+    <t>ZI LA PALUD 153 RUE ANDRE CITROEN 83600 FREJUS</t>
+  </si>
+  <si>
+    <t>31/12/2017</t>
+  </si>
+  <si>
+    <t>A ZOT FORMATION</t>
+  </si>
+  <si>
+    <t>39 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>C. FORMAT PRO CONSEIL</t>
+  </si>
+  <si>
+    <t>5 PLACE PIERRE MENDES FRANCE 95160 MONTMORENCY</t>
+  </si>
+  <si>
+    <t>CARRIERES ET CONSEIL</t>
+  </si>
+  <si>
+    <t>53 RUE CUVELLE 59100 ROUBAIX</t>
+  </si>
+  <si>
+    <t>14/12/2018</t>
+  </si>
+  <si>
+    <t>AGENCE NOVA FORMATION</t>
+  </si>
+  <si>
+    <t>NOVA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE DE LA FONTANISSE 30660 GALLARGUES-LE-MONTUEUX</t>
+  </si>
+  <si>
+    <t>01/06/2017</t>
+  </si>
+  <si>
     <t>NEXT FORMA</t>
   </si>
   <si>
     <t>77 RUE DU ROCHER 75008 PARIS</t>
   </si>
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
+    <t>AVENIR PRO FORMATIONS</t>
+  </si>
+  <si>
+    <t>10 RUE PIERRE SEMARD 38600 FONTAINE</t>
+  </si>
+  <si>
+    <t>30/03/2020</t>
+  </si>
+  <si>
+    <t>WORLD EXPERIENCE</t>
+  </si>
+  <si>
+    <t>92 RES  MAIMOUNA 2EME ETAGE LOCAL 4 RTE DE VIEUX BOURG 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>01/10/2014</t>
+  </si>
+  <si>
+    <t>EBBS-BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>65 BOULEVARD PIERRE 1ER 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>10/05/2023</t>
+  </si>
+  <si>
+    <t>ASSOCIATION O.R.T.</t>
+  </si>
+  <si>
+    <t>LYCEE G &amp; T MAURICE GRYNFOGEL</t>
+  </si>
+  <si>
+    <t>14 RUE ETIENNE COLLONGUES 31770 COLOMIERS</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LE CONSEIL EN ORIENTATION PROFESSIONNELLE, L'ACCOMPAGNEMENT ET LE DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>3 RUE DE LA REPUBLIQUE 13002 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/2021</t>
+  </si>
+  <si>
+    <t>ATELIER D'AMENAGEMENT TOURISTIQUE POUR L'INSERTION</t>
+  </si>
+  <si>
+    <t>525 RUE ANDROPOLIS 97440 SAINT-ANDRE</t>
+  </si>
+  <si>
+    <t>27/11/2017</t>
+  </si>
+  <si>
+    <t>TAKEPORT</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA TUILERIE 91650 BREUILLET</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>46.19B</t>
+  </si>
+  <si>
+    <t>CENTRE D'INSERTION SOCIALE  ET DE FORMATION</t>
+  </si>
+  <si>
+    <t>C.I.S.F.</t>
+  </si>
+  <si>
+    <t>DUBEDOU 97118 SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>01/08/2015</t>
+  </si>
+  <si>
+    <t>88.99B</t>
+  </si>
+  <si>
+    <t>YYYOURS FORMATIONS</t>
+  </si>
+  <si>
+    <t>6 ALLEE DES PERVENCHES 26760 BEAUMONT-LES-VALENCE</t>
+  </si>
+  <si>
+    <t>01/12/2015</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>ESSOR BUSINESS SCHOOL</t>
+  </si>
+  <si>
+    <t>39 RUE DE LA RECOLTE 97351 MATOURY</t>
+  </si>
+  <si>
+    <t>24/01/2021</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>31/12/2016</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>35 BOULEVARD DE JODINO 69200 VENISSIEUX</t>
+  </si>
+  <si>
+    <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
+  </si>
+  <si>
+    <t>244 ROUTE DE TURIN 06300 NICE</t>
+  </si>
+  <si>
+    <t>73 RUE SAINT-JEAN 31130 BALMA</t>
+  </si>
+  <si>
+    <t>ZI DE LA LAUZE 12 RUE JEAN MERMOZ 34430 SAINT-JEAN-DE-VEDAS</t>
+  </si>
+  <si>
+    <t>9 RUE MARC SEGUIN 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>PROPRIETE DE L'ARCHETTE RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>SAS FORMATION &amp; CONSEIL MRH</t>
+  </si>
+  <si>
+    <t>1897 ROUTE DE MONTJOLY 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>03973131197</t>
+  </si>
+  <si>
+    <t>EC0LE SUPERIEURE DU SUPPLY CHAIN MANAGEMENT</t>
+  </si>
+  <si>
+    <t>RUE JEAN BRUN 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>28/07/2021</t>
+  </si>
+  <si>
     <t>AW</t>
   </si>
   <si>
     <t>11 RUE EMILE COMBES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>26/01/2018</t>
   </si>
   <si>
-    <t>70.10Z</t>
-[...418 lines deleted...]
-  <si>
     <t>ALTERNANCIA</t>
   </si>
   <si>
     <t>26 RUE D'AUTHIE 14000 CAEN</t>
   </si>
   <si>
     <t>27/09/2019</t>
   </si>
   <si>
     <t>16 RUE DE L'AUBETTE 76000 ROUEN</t>
   </si>
   <si>
     <t>108 BOULEVARD JULES DURAND 76600 LE HAVRE</t>
   </si>
   <si>
     <t>01/10/2022</t>
   </si>
   <si>
     <t>FORMALIFE ACCOMPAGNEMENT PROFESSIONNEL ET FORMATION</t>
   </si>
   <si>
     <t>11 ALLEE DU CHATEAU D'EAU 33700 MERIGNAC</t>
   </si>
   <si>
     <t>12/12/2019</t>
   </si>
   <si>
     <t>EVOYA CONSEILS</t>
   </si>
   <si>
     <t>BATIMENT LE CEZANNE 35 ALLEE DES IMPRESSIONNISTES 93420 VILLEPINTE</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
-    <t>ECLOSON</t>
-[...7 lines deleted...]
-  <si>
     <t>ABSUP</t>
   </si>
   <si>
     <t>74 COURS LAFAYETTE 69003 LYON</t>
   </si>
   <si>
     <t>01/04/2021</t>
   </si>
   <si>
     <t>UNLEARN</t>
   </si>
   <si>
     <t>174 CHEMIN DU RAMELET MOUNDI 31170 TOURNEFEUILLE</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>MOB'INCUB</t>
   </si>
   <si>
     <t>18 AVENUE DE CHAVAILLES 33520 BRUGES</t>
   </si>
   <si>
     <t>18/11/2021</t>
   </si>
   <si>
     <t>85.53Z</t>
   </si>
   <si>
     <t>IDEV</t>
   </si>
   <si>
     <t>LAVERA 65 RUE DES LAURONS 13117 MARTIGUES</t>
   </si>
   <si>
     <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>76 AV DU GENERAL CHARLES DE GAULLE 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>15/06/2023</t>
   </si>
   <si>
     <t>INSTITUT DES COMPETENCES ET DES METIERS DE DEMAIN</t>
   </si>
   <si>
     <t>91 RUE DU FAUBOURG SAINT-HONORE 75008 PARIS</t>
   </si>
   <si>
     <t>09/05/2022</t>
   </si>
   <si>
     <t>ETHOS COMPETENCES</t>
   </si>
   <si>
     <t>LOT PASTEUR 60 CHEMIN FERNAND COLLARDEAU 97432 SAINT-PIERRE</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>04973678997</t>
   </si>
   <si>
     <t>TRADE IN COMPLIANCE</t>
   </si>
@@ -1080,51 +1080,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M71"/>
+  <dimension ref="A1:M73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1241,2570 +1241,2646 @@
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19971405600025</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I4" s="3"/>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>19971588900028</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D5" s="2" t="s">
+      <c r="E5" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>95970138797</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>51833310900040</v>
+        <v>77639527900016</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>11756558675</v>
+        <v>82420225842</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>83501285700016</v>
+        <v>88783287100016</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>84630494563</v>
+        <v>11756106875</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>33476736500045</v>
+        <v>42368671600014</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33944843300047</v>
+        <v>42403977400023</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>11754769775</v>
+        <v>98970238497</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>33986696400051</v>
+        <v>47960778000042</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>50</v>
-      </c>
-[...4 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>11780768578</v>
+        <v>24370223537</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>37761090200126</v>
+        <v>48051919800026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="I11" s="3">
-        <v>52440141744</v>
+        <v>83630370563</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>37945726000014</v>
+        <v>30540504502575</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>57</v>
-      </c>
-[...5 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>98970045097</v>
+        <v>11750091675</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>39014842700094</v>
+        <v>33476736500045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>98970295297</v>
+        <v>42670012567</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39512947100094</v>
+        <v>33944843300047</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="I14" s="3">
-        <v>11752285775</v>
+        <v>11754769775</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>39839792700102</v>
+        <v>33986696400051</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>23</v>
+        <v>69</v>
       </c>
       <c r="I15" s="3">
-        <v>52720055472</v>
+        <v>11780768578</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42368671600014</v>
+        <v>37761090200126</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I16" s="3"/>
+      <c r="I16" s="3">
+        <v>52440141744</v>
+      </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42403977400023</v>
+        <v>37945726000014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I17" s="3">
-        <v>98970238497</v>
+        <v>98970045097</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>42978025700029</v>
+        <v>39014842700094</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>98970320097</v>
+        <v>98970295297</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>43201196300050</v>
+        <v>39512947100094</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>23760336876</v>
+        <v>11752285775</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>44430025500031</v>
+        <v>39839792700102</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>11921435292</v>
+        <v>52720055472</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>44804055000031</v>
+        <v>42978025700029</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="I21" s="3">
-        <v>95970135097</v>
+        <v>98970320097</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>45125756200111</v>
+        <v>43201196300050</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I22" s="3">
-        <v>76311242231</v>
+        <v>23760336876</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>45211949800080</v>
+        <v>44430025500031</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I23" s="3">
-        <v>11930518993</v>
+        <v>11921435292</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>47960778000042</v>
+        <v>44804055000031</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>96</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I24" s="3">
-        <v>24370223537</v>
+        <v>95970135097</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>48051919800026</v>
+        <v>45125756200111</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D25" s="2"/>
-      <c r="E25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I25" s="3">
-        <v>83630370563</v>
+        <v>76311242231</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>48435843700032</v>
+        <v>45211949800080</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>102</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I26" s="3">
-        <v>93830369083</v>
+        <v>11930518993</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>50205976900054</v>
+        <v>48435843700032</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>105</v>
+      </c>
       <c r="E27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3">
-        <v>98970323297</v>
+        <v>93830369083</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>50257683800044</v>
+        <v>50205976900054</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>81</v>
+        <v>110</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I28" s="3">
-        <v>11950466195</v>
+        <v>98970323297</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>51182729700025</v>
+        <v>50257683800044</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I29" s="3">
-        <v>32590992759</v>
+        <v>11950466195</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>51331440100144</v>
+        <v>51182729700025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="D30" s="2" t="s">
+      <c r="D30" s="2"/>
+      <c r="E30" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="E30" s="2" t="s">
+      <c r="F30" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>91340691834</v>
+        <v>32590992759</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>51395266300021</v>
+        <v>51331440100144</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D31" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I31" s="3"/>
+      <c r="I31" s="3">
+        <v>91340691834</v>
+      </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>52109840000034</v>
+        <v>51833310900040</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="3">
-        <v>82380483238</v>
+        <v>11756558675</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>52442151800027</v>
+        <v>52109840000034</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>95970164897</v>
+        <v>82380483238</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>53199422600037</v>
+        <v>52442151800027</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I34" s="3">
-        <v>72330840233</v>
+        <v>95970164897</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>53435484000025</v>
+        <v>53199422600037</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="D35" s="2" t="s">
         <v>129</v>
       </c>
+      <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="G35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="I35" s="3"/>
+        <v>23</v>
+      </c>
+      <c r="I35" s="3">
+        <v>72330840233</v>
+      </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>77568810400048</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D36" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="E36" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="E36" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="I36" s="3">
         <v>11752836675</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77639527900016</v>
+        <v>78288385400161</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="I37" s="3">
-        <v>82420225842</v>
+        <v>93130002713</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78288385400161</v>
+        <v>80867156400025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>93130002713</v>
+        <v>98970379797</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>80867156400025</v>
+        <v>81245316500019</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="E39" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>144</v>
-      </c>
-[...5 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>145</v>
       </c>
       <c r="I39" s="3">
-        <v>98970379797</v>
+        <v>11910784891</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>81245316500019</v>
+        <v>81281110700018</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>147</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>148</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>149</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>150</v>
       </c>
       <c r="I40" s="3">
-        <v>11910784891</v>
+        <v>95970198997</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>81281110700018</v>
+        <v>81501410500010</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I41" s="3">
-        <v>95970198997</v>
+        <v>82260241126</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>81501410500010</v>
+        <v>82169767900032</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F42" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I42" s="3">
-        <v>82260241126</v>
+        <v>96973084297</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>82169767900032</v>
+        <v>82409268800012</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>96973084297</v>
+        <v>11930762893</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>82409268800012</v>
+        <v>82409268800053</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="3">
         <v>11930762893</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>82409268800053</v>
+        <v>82409268800095</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I45" s="3">
         <v>11930762893</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>82409268800095</v>
+        <v>82409268800111</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I46" s="3">
         <v>11930762893</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>82409268800111</v>
+        <v>82409268800186</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I47" s="3">
         <v>11930762893</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>82409268800186</v>
+        <v>82409268800244</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I48" s="3">
         <v>11930762893</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>82422814201015</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I49" s="3">
         <v>11930743393</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>82422814201403</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I50" s="3">
         <v>11930743393</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>82422814201536</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="3">
         <v>11930743393</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>82422814201635</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I52" s="3">
         <v>11930743393</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>82422814201809</v>
+        <v>82422814201643</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I53" s="3">
         <v>11930743393</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>83193815400018</v>
+        <v>82422814201809</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I54" s="3" t="s">
-        <v>177</v>
+      <c r="I54" s="3">
+        <v>11930743393</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>83283765200029</v>
+        <v>83193815400018</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>180</v>
+        <v>119</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>75331092333</v>
+        <v>23</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>175</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>87772950900019</v>
+        <v>83283765200029</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="I56" s="3">
-        <v>28140336114</v>
+        <v>75331092333</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>87772950900076</v>
+        <v>83501285700016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="F57" s="2" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>65</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>23</v>
+        <v>154</v>
       </c>
       <c r="I57" s="3">
-        <v>28140336114</v>
+        <v>84630494563</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>87772950900084</v>
+        <v>87772950900019</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>140</v>
+        <v>23</v>
       </c>
       <c r="I58" s="3">
         <v>28140336114</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>87994125000018</v>
+        <v>87772950900076</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D59" s="2"/>
+        <v>182</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>182</v>
+      </c>
       <c r="E59" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>189</v>
+        <v>81</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I59" s="3">
-        <v>75331241333</v>
+        <v>28140336114</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>88420142700033</v>
+        <v>87772950900084</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>140</v>
+        <v>37</v>
       </c>
       <c r="I60" s="3">
-        <v>11770698477</v>
+        <v>28140336114</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>88783287100016</v>
+        <v>87994125000018</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I61" s="3">
-        <v>11756106875</v>
+        <v>75331241333</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>88916528800024</v>
+        <v>88420142700033</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>191</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I62" s="3">
-        <v>84691767769</v>
+        <v>11770698477</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L62" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>89847054700016</v>
+        <v>88916528800024</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>202</v>
+        <v>23</v>
       </c>
       <c r="I63" s="3">
-        <v>76311056131</v>
+        <v>84691767769</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>90755496800012</v>
+        <v>89847054700016</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
-        <v>75331396133</v>
+        <v>76311056131</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>91311071400015</v>
+        <v>90755496800012</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>201</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>201</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>23</v>
+        <v>204</v>
       </c>
       <c r="I65" s="3">
-        <v>93132016213</v>
+        <v>75331396133</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>91386240500010</v>
+        <v>91311071400015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I66" s="3">
-        <v>11756522575</v>
+        <v>93132016213</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>94384836600010</v>
+        <v>91311071400098</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="D67" s="2"/>
+        <v>205</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>205</v>
+      </c>
       <c r="E67" s="2" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I67" s="3" t="s">
-        <v>216</v>
+      <c r="I67" s="3">
+        <v>93132016213</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>95173804600014</v>
+        <v>91386240500010</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>210</v>
+      </c>
+      <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>218</v>
+        <v>211</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I68" s="3">
-        <v>11950834395</v>
+        <v>11756522575</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>97948372400022</v>
+        <v>94384836600010</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>220</v>
+        <v>213</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>222</v>
+        <v>215</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I69" s="3">
-        <v>11756852275</v>
+      <c r="I69" s="3" t="s">
+        <v>216</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>97948372400030</v>
+        <v>95173804600014</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>217</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>217</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I70" s="3">
-        <v>11756852275</v>
+        <v>11950834395</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>98392988600023</v>
+        <v>97948372400022</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="I71" s="3">
+        <v>11756852275</v>
+      </c>
+      <c r="J71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M71" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13">
+      <c r="A72" s="1">
+        <v>97948372400030</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I72" s="3">
+        <v>11756852275</v>
+      </c>
+      <c r="J72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M72" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13">
+      <c r="A73" s="1">
+        <v>98392988600023</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I73" s="3">
         <v>11922735292</v>
       </c>
-      <c r="J71" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M71" s="2" t="s">
+      <c r="J73" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K73" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="L73" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M73" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3818,31 +3894,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 22:32:33</dc:description>
+  <dc:description>Export en date du 03/24/2026 08:21:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>