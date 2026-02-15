--- v0 (2025-10-27)
+++ v1 (2026-02-15)
@@ -337,167 +337,176 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE LE MANS SARTHE</t>
   </si>
   <si>
     <t>CFA CCI LE MANS</t>
   </si>
   <si>
     <t>LA CALIFORNIE 132 RUE HENRI CHAMPION 72100 LE MANS</t>
   </si>
   <si>
     <t>28/12/1983</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE GASTON BERGER</t>
   </si>
   <si>
     <t>GRETA LILLE METROPOLE</t>
   </si>
   <si>
     <t>111 AVENUE DE DUNKERQUE (LILLE) 59000 LILLE</t>
   </si>
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
+    <t>CENTRE DE FORMATION D'APPRENTIS DES METIERS DE L'AUTOMOBILE DE THONON LES BAINS</t>
+  </si>
+  <si>
+    <t>CFA DES METIERS DE L'AUTOMOBILE</t>
+  </si>
+  <si>
+    <t>CHEMIN DE MORCY 74200 THONON-LES-BAINS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS DROME ARDECHE FORMATION PROFESSION</t>
+  </si>
+  <si>
+    <t>RUE DE LA SABLIERE 26250 LIVRON-SUR-DROME</t>
+  </si>
+  <si>
+    <t>ASS REGIONALE FORMATION ALTERNEE</t>
+  </si>
+  <si>
+    <t>105 RUE HENRI DEPAGNEUX 69400 LIMAS</t>
+  </si>
+  <si>
+    <t>06/07/2011</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE LES EBEAUX</t>
+  </si>
+  <si>
+    <t>152 ROUTE DE TROINEX 74350 CRUSEILLES</t>
+  </si>
+  <si>
+    <t>04/01/2021</t>
+  </si>
+  <si>
+    <t>CTRE CONSULAIRE FORMATION PROFESSION AIN</t>
+  </si>
+  <si>
+    <t>AVENUE DE LA LIBERATION 01500 AMBERIEU-EN-BUGEY</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>ASSOC PROMO APPRENTI POLYVALEN</t>
+  </si>
+  <si>
+    <t>21 RUE DES CARRIERES 58180 MARZY</t>
+  </si>
+  <si>
+    <t>ASS GESTION CENTRE FORMATION APPRENTIS</t>
+  </si>
+  <si>
+    <t>CFA HILAIRE DE CHARDONNET</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DE LA MALCOMBE 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASS INTERCONS DEVEL APPRENT METIERS COMM</t>
+  </si>
+  <si>
+    <t>41 RUE DU PAS DES HEURES 27100 VAL-DE-REUIL</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>AUTOMOBILES FORMATION 13</t>
+  </si>
+  <si>
+    <t>35 RUE CALLELONGUE 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/08/1999</t>
+  </si>
+  <si>
+    <t>MOBIPOLIS</t>
+  </si>
+  <si>
+    <t>43 ROUTE DE VAUGIRARD 92190 MEUDON</t>
+  </si>
+  <si>
+    <t>01/12/2018</t>
+  </si>
+  <si>
     <t>POLE FORMATION AUTOMOBILE ET AUTRES MOBILITES - MAURICE EMILE PEZOUS (MEP)</t>
   </si>
   <si>
     <t>ZI DE FONLABOUR 8 CHEMIN DE LA BESSE 81000 ALBI</t>
   </si>
   <si>
     <t>21/03/1995</t>
   </si>
   <si>
     <t>TECHNOPOLYS</t>
   </si>
   <si>
     <t>43 RUE DE L'ERIER 73290 LA MOTTE-SERVOLEX</t>
   </si>
   <si>
     <t>11/04/2003</t>
   </si>
   <si>
-    <t>AUTOMOBILES FORMATION 13</t>
-[...88 lines deleted...]
-  <si>
     <t>ASS DE GESTION DU CFA REGIONAL DES HAUTS DE FRANCE JEAN BOSCO</t>
   </si>
   <si>
     <t>10 RUE HUBBLE 59262 SAINGHIN-EN-MELANTOIS</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE D'EDUCATION ET D'ORIENTATION DE SORIGNY</t>
   </si>
   <si>
     <t>18 RUE DES COURANCES 37250 SORIGNY</t>
   </si>
   <si>
     <t>22/07/2016</t>
   </si>
   <si>
     <t>GPT APPRENTISS REPARAT AUTOMOBILE CYCLE</t>
   </si>
   <si>
     <t>3 BOULEVARD GALLIENI 95100 ARGENTEUIL</t>
   </si>
   <si>
     <t>01/07/1985</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>ASSOC REGIONALE POUR FORMATION PROF AUTO</t>
@@ -515,59 +524,50 @@
     <t>170 RUE PASTEUR 77000 VAUX-LE-PENIL</t>
   </si>
   <si>
     <t>04/09/2006</t>
   </si>
   <si>
     <t>1 RUE ROBERT ARNAULD D'ANDILLY 78280 GUYANCOURT</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>ASS NATIONALE FORMATION AUTOMOBILE</t>
   </si>
   <si>
     <t>43 B ROUTE DE VAUGIRARD 92190 MEUDON</t>
   </si>
   <si>
     <t>82.99Z</t>
   </si>
   <si>
     <t>MAIS FAMIL RURALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>10 RUE DU PAVE 85390 MOUILLERON-SAINT-GERMAIN</t>
-  </si>
-[...7 lines deleted...]
-    <t>08/10/2008</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES METIERS DE LA VILLE DE DEMAIN-CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>5 PLACE DE LA GARE DES SAULES 94310 ORLY</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>90 ALLEE JACQUES CARTIER 30320 MARGUERITTES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1595,135 +1595,135 @@
         <v>13002794900135</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>64</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
         <v>53351087435</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>13002794900218</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I18" s="3">
         <v>53351087435</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>13002794900242</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3">
         <v>53351087435</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>13002795600148</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G20" s="2"/>
@@ -1868,51 +1868,51 @@
         <v>13002948100095</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I24" s="3">
         <v>27210429021</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>18060001700016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>86</v>
       </c>
@@ -2075,482 +2075,482 @@
       <c r="F29" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="3">
         <v>31590895059</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>33</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>43953359700019</v>
+        <v>30185750400015</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="D30" s="2"/>
+      <c r="D30" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E30" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I30" s="3">
-        <v>76810167281</v>
+        <v>82740272574</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>44987631700016</v>
+        <v>30386072000018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I31" s="3">
-        <v>82730095473</v>
+        <v>82260002626</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>34957416000025</v>
+        <v>30396959600038</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
       <c r="I32" s="3">
-        <v>93130650213</v>
+        <v>82690093869</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>39977792900528</v>
+        <v>30869892700024</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="I33" s="3">
-        <v>11920199492</v>
+        <v>84740385674</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30185750400015</v>
+        <v>30957639500037</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I34" s="3">
-        <v>82740272574</v>
+        <v>82010120901</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>30386072000018</v>
+        <v>31277330200020</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I35" s="3">
-        <v>82260002626</v>
+        <v>26580018158</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30396959600038</v>
+        <v>31448072400017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="D36" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F36" s="2" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>32</v>
+        <v>127</v>
       </c>
       <c r="I36" s="3">
-        <v>82690093869</v>
+        <v>43250029825</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30869892700024</v>
+        <v>31796290000013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="F37" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I37" s="3">
-        <v>84740385674</v>
+        <v>23270019327</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>30957639500037</v>
+        <v>34957416000025</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>18</v>
+        <v>127</v>
       </c>
       <c r="I38" s="3">
-        <v>82010120901</v>
+        <v>93130650213</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>31277330200020</v>
+        <v>39977792900528</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="I39" s="3">
-        <v>26580018158</v>
+        <v>11920199492</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>31448072400017</v>
+        <v>43953359700019</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="D40" s="2"/>
+      <c r="E40" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="E40" s="2" t="s">
+      <c r="F40" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>116</v>
+        <v>32</v>
       </c>
       <c r="I40" s="3">
-        <v>43250029825</v>
+        <v>76810167281</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>31796290000013</v>
+        <v>44987631700016</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>142</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I41" s="3">
-        <v>23270019327</v>
+        <v>82730095473</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>50013802900037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="D42" s="2"/>
@@ -2560,440 +2560,440 @@
       <c r="F42" s="2" t="s">
         <v>145</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I42" s="3">
         <v>22800173680</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77531648200022</v>
+        <v>50923283100016</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D43" s="2"/>
+      <c r="D43" s="2" t="s">
+        <v>146</v>
+      </c>
       <c r="E43" s="2" t="s">
         <v>147</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>148</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I43" s="3">
-        <v>24370208637</v>
+        <v>21510170351</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77568811200033</v>
+        <v>77531648200022</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>149</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I44" s="3">
-        <v>11950269195</v>
+        <v>24370208637</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77921920300022</v>
+        <v>77568811200033</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>152</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>153</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>123</v>
+        <v>154</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I45" s="3">
-        <v>83630024963</v>
+        <v>11950269195</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>78466255300139</v>
+        <v>77921920300022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D46" s="2" t="s">
         <v>155</v>
       </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>156</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>157</v>
+        <v>110</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I46" s="3">
-        <v>11940824994</v>
+        <v>83630024963</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>78466255300147</v>
+        <v>78466255300139</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D47" s="2"/>
+        <v>157</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>158</v>
+      </c>
       <c r="E47" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I47" s="3">
         <v>11940824994</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>78466255300170</v>
+        <v>78466255300147</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I48" s="3">
         <v>11940824994</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78467149700385</v>
+        <v>78466255300170</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>119</v>
+        <v>164</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="I49" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I49" s="3">
+        <v>11940824994</v>
+      </c>
       <c r="J49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78642896100019</v>
+        <v>78467149700385</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>165</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>166</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>50923283100016</v>
+        <v>78642896100019</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>167</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>169</v>
+        <v>110</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I51" s="3">
-        <v>21510170351</v>
+        <v>52850057385</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>88944585400025</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>170</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>171</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="I52" s="3">
         <v>11941043994</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>174</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="I53" s="3">
         <v>76341086134</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>33</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3021,31 +3021,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/27/2025 15:27:29</dc:description>
+  <dc:description>Export en date du 02/15/2026 20:59:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>