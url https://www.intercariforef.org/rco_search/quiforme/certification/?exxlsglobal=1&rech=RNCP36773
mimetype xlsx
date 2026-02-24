--- v0 (2025-12-19)
+++ v1 (2026-02-24)
@@ -202,117 +202,117 @@
   <si>
     <t>7365P000865</t>
   </si>
   <si>
     <t>EPLEFPA DE LA SEINE MARITIME</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE</t>
   </si>
   <si>
     <t>ROUTE DE CAUDEBEC 76190 AUZEBOSC</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>EPLEFPA TERRES ET PAYSAGES SUD DEUX-SEVRES</t>
   </si>
   <si>
     <t>ROUTE DE LA ROCHE 79500 MELLE</t>
   </si>
   <si>
     <t>5479P001579</t>
   </si>
   <si>
+    <t>MFR IREO DE LESNEVEN</t>
+  </si>
+  <si>
+    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASSOCIATION GROUPE ESA</t>
   </si>
   <si>
     <t>55 RUE RABELAIS 49000 ANGERS</t>
   </si>
   <si>
     <t>18/06/1987</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>ROUTE DE NIMES 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE HORTICOLE</t>
   </si>
   <si>
     <t>LES RABINARDIERES 35760 SAINT-GREGOIRE</t>
   </si>
   <si>
     <t>15/11/1988</t>
   </si>
   <si>
     <t>ASSOC INSTITUT PROFESSIONEL LEMONNIER</t>
   </si>
   <si>
     <t>60 RUE D'HEROUVILLE 14000 CAEN</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MFR DE L ENTRE 2 MERS</t>
   </si>
   <si>
     <t>67 RUE DU GESTAS 33670 LA SAUVE</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
-  </si>
-[...19 lines deleted...]
-    <t>RTE DE PLOUIDER 29260 LESNEVEN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1179,374 +1179,374 @@
       <c r="F13" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3" t="s">
         <v>61</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34238263700011</v>
+        <v>30754662200019</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="I14" s="3">
-        <v>52490003849</v>
+        <v>53290326929</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77769814300024</v>
+        <v>34238263700011</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="I15" s="3">
-        <v>53350783835</v>
+        <v>52490003849</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78071394700015</v>
+        <v>42117322000011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I16" s="3"/>
+      <c r="I16" s="3">
+        <v>91300014630</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78201137300019</v>
+        <v>77551109000018</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>72330845333</v>
+        <v>24450000345</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78346979400011</v>
+        <v>77769814300024</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>41880003688</v>
+        <v>53350783835</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78362626000013</v>
+        <v>78071394700015</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77551109000018</v>
+        <v>78201137300019</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>24450000345</v>
+        <v>72330845333</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>42117322000011</v>
+        <v>78346979400011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>82</v>
+        <v>64</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>91300014630</v>
+        <v>41880003688</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>30754662200019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="I22" s="3">
-        <v>53290326929</v>
+        <v>31590008059</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1562,31 +1562,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 11:39:04</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:22:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>