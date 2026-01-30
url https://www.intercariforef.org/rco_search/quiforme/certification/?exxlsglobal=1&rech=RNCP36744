--- v0 (2025-10-10)
+++ v1 (2026-01-30)
@@ -55,168 +55,168 @@
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>ECOLE BRASSART</t>
+  </si>
+  <si>
+    <t>185 BOULEVARD JEAN ROYER 37000 TOURS</t>
+  </si>
+  <si>
+    <t>01/10/2009</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>40 AVENUE DE PONT-CHER 37200 TOURS</t>
+  </si>
+  <si>
+    <t>30/11/2023</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>BRASSART BORDEAUX</t>
   </si>
   <si>
     <t>22-26 22 QUAI DE BACALAN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/10/2014</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...29 lines deleted...]
-    <t>30/11/2023</t>
+    <t>BRASSART RHONE ALPES</t>
+  </si>
+  <si>
+    <t>LES JARDINS D ENTREPRISE, BATIMENT K 2 AVENUE DU CHATEAU DE GERLAND 69007 LYON</t>
+  </si>
+  <si>
+    <t>14/10/2019</t>
+  </si>
+  <si>
+    <t>BRASSART PARIS</t>
+  </si>
+  <si>
+    <t>214 BOULEVARD RASPAIL 75014 PARIS</t>
+  </si>
+  <si>
+    <t>02/02/2022</t>
+  </si>
+  <si>
+    <t>02/01/2025</t>
+  </si>
+  <si>
+    <t>13 RUE SCIPION 75005 PARIS</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>BRASSART TOULOUSE</t>
+  </si>
+  <si>
+    <t>CENTRAL PARC BATIMENT D 54 BOULEVARD DE L'EMBOUCHURE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/09/2014</t>
+  </si>
+  <si>
+    <t>26/08/2021</t>
+  </si>
+  <si>
+    <t>6 PLACE HENRY RUSSELL 31400 TOULOUSE</t>
+  </si>
+  <si>
+    <t>22/01/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>BRASSART PACA</t>
+  </si>
+  <si>
+    <t>25 AVENUE HENRI PONCET 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>15/10/2020</t>
   </si>
   <si>
     <t>BRASSART MONTPELLIER</t>
   </si>
   <si>
     <t>ZAC HIPPOCRATE 300-379 RUE DE LA CA 270 AVENUE NINA SIMONE 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/07/2021</t>
   </si>
   <si>
     <t>3W ACADEMY</t>
   </si>
   <si>
     <t>46 RUE RENE CLAIR 75018 PARIS</t>
   </si>
   <si>
     <t>26/11/2013</t>
-  </si>
-[...55 lines deleted...]
-    <t>13 RUE SCIPION 75005 PARIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -621,458 +621,458 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>48790002900025</v>
+        <v>45083327200021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="G2" s="2"/>
+      <c r="G2" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="H2" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="3">
-        <v>75331709333</v>
+        <v>24370276137</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>45083327200021</v>
+        <v>45083327200120</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="2"/>
+      <c r="H3" s="2" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>24370276137</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>45083327200120</v>
+        <v>48790002900025</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>24370276137</v>
+        <v>75331709333</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53334635900052</v>
+        <v>52472681700066</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>76341159834</v>
+        <v>82380496238</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>75404770200024</v>
+        <v>52472809400045</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11754910875</v>
+        <v>11756714075</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52529949100023</v>
+        <v>52472809400052</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" s="2"/>
+      <c r="H7" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I7" s="3">
-        <v>73310593831</v>
+        <v>11756714075</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>52529949100031</v>
+        <v>52529949100023</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>73310593831</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>52534048500024</v>
+        <v>52529949100031</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="I9" s="3">
-        <v>93132189613</v>
+        <v>73310593831</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>52472681700066</v>
+        <v>52534048500024</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>82380496238</v>
+        <v>93132189613</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>52472809400045</v>
+        <v>53334635900052</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>11756714075</v>
+        <v>76341159834</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>52472809400052</v>
+        <v>75404770200024</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G12" s="2"/>
+      <c r="G12" s="2" t="s">
+        <v>17</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I12" s="3">
-        <v>11756714075</v>
+        <v>11754910875</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1088,31 +1088,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/10/2025 16:32:12</dc:description>
+  <dc:description>Export en date du 01/30/2026 20:33:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>