--- v1 (2026-01-30)
+++ v2 (2026-03-21)
@@ -642,53 +642,51 @@
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>45083327200021</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>45083327200120</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
@@ -792,53 +790,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>52472809400045</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>52472809400052</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
@@ -868,53 +864,51 @@
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>52529949100023</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I8" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I8" s="3"/>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>52529949100031</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
@@ -1018,53 +1012,51 @@
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>75404770200024</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I12" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1088,31 +1080,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 20:33:07</dc:description>
+  <dc:description>Export en date du 03/21/2026 18:59:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>