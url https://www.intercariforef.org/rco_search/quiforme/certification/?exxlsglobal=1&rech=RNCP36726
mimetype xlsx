--- v0 (2025-10-21)
+++ v1 (2026-02-16)
@@ -91,99 +91,99 @@
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FORMATION PLUS MEDITERRANEE</t>
   </si>
   <si>
     <t>32-33 32 BOULEVARD JEAN BOURRAT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>15/11/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>INSTITUT DU MARAIS - CHARLEMAGNE - POLLES</t>
+  </si>
+  <si>
+    <t>9 RUE DIEU 75010 PARIS</t>
+  </si>
+  <si>
+    <t>08/11/2010</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>LA PRADETTE</t>
+  </si>
+  <si>
+    <t>LA PRADETTE ECOLE DE LA PRADETTE</t>
+  </si>
+  <si>
+    <t>6 RUE PIERRE CAZENEUVE 31200 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/07/2016</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>M2S FORMATION SCHOOL</t>
   </si>
   <si>
     <t>M2S CAMPUS</t>
   </si>
   <si>
     <t>BAT LE MARCONI-TERTIOPOLE DU GRIFFO 511 ROUTE DE LA SEDS 13127 VITROLLES</t>
   </si>
   <si>
     <t>01/06/2021</t>
   </si>
   <si>
     <t>FORMA PLUS</t>
   </si>
   <si>
     <t>5 LOT LES BANANIERS RUE LONGUETEAU 97130 CAPESTERRE-BELLE-EAU</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>01973210497</t>
-  </si>
-[...25 lines deleted...]
-    <t>85.42Z</t>
   </si>
   <si>
     <t>SAS L'ACADEMIE DE MANAGEMENT</t>
   </si>
   <si>
     <t>COMMERCES DU PIN DE LA LEGUE 2740 ROUTE DEPARTEMENTALE 4 83600 FREJUS</t>
   </si>
   <si>
     <t>03/07/2017</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>M2S FORMATION AUBAGNE SAS</t>
   </si>
   <si>
     <t>23 AVENUE DES GOUMS 13400 AUBAGNE</t>
   </si>
   <si>
     <t>01/06/2018</t>
   </si>
   <si>
     <t>17/06/2024</t>
   </si>
@@ -700,186 +700,186 @@
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>91660191666</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>82175021300034</v>
+        <v>52840171400019</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="D4" s="2"/>
+      <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="E4" s="2" t="s">
+      <c r="F4" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
-        <v>93131623713</v>
+        <v>11754650175</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>82393118300011</v>
+        <v>77682543200052</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2"/>
+      <c r="D5" s="2" t="s">
+        <v>30</v>
+      </c>
       <c r="E5" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>33</v>
+      </c>
+      <c r="I5" s="3">
+        <v>73310001231</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52840171400019</v>
+        <v>82175021300034</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="I6" s="3">
-        <v>11754650175</v>
+        <v>93131623713</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77682543200052</v>
+        <v>82393118300011</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D7" s="2" t="s">
         <v>38</v>
       </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I7" s="3" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>73310001231</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>83138093600011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="2" t="s">
@@ -912,92 +912,88 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>84005616200018</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>88458525800012</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -1021,31 +1017,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 08:19:08</dc:description>
+  <dc:description>Export en date du 02/16/2026 19:53:05</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>