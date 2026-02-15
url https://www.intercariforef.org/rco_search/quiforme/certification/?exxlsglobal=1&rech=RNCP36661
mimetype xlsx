--- v0 (2025-12-13)
+++ v1 (2026-02-15)
@@ -79,155 +79,287 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL DU SPORT DE L EXPERTISE ET DE LA PERFORMANCE</t>
   </si>
   <si>
     <t>11 AVENUE DU TREMBLAY 75012 PARIS</t>
   </si>
   <si>
     <t>25/11/2009</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>1175P008275</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>FEDERATION FR EDUCAT PHYSIQ GYM VOLONTAI</t>
+  </si>
+  <si>
+    <t>46 RUE DE LAGNY 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>01/01/2006</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL UFOLEP</t>
+  </si>
+  <si>
+    <t>MDS ZAC PIERRES VIVES ESPLANADE DE L'EGALITE 34080 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>22/07/2013</t>
+  </si>
+  <si>
+    <t>LIGUE DE L'ENSEIGNEMENT NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>33 RUE SAINT DENIS 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>GYM VOLONTAIRE COMITE REGIONAL DU CENTRE</t>
+  </si>
+  <si>
+    <t>2 RUE DU FAUBOURG SAINT-JEAN 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>18/02/1994</t>
+  </si>
+  <si>
+    <t>COMITE DEPARTEMENTAL U F O L E P</t>
+  </si>
+  <si>
+    <t>UFOLEP</t>
+  </si>
+  <si>
+    <t>FLEURIMONT BALANCE 35 CHEMIN CHEVALIER 97435 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>25/11/2008</t>
+  </si>
+  <si>
+    <t>CTE REG GYMNAS VOLONTAIRE ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>13 RUE ETIENNE MARCEL 75001 PARIS</t>
+  </si>
+  <si>
+    <t>26/09/2003</t>
+  </si>
+  <si>
+    <t>COMITE REG PAYS DE LOIRE GYMNAST VOLONT</t>
+  </si>
+  <si>
+    <t>BATIMENT C 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
+  </si>
+  <si>
+    <t>01/09/2012</t>
+  </si>
+  <si>
     <t>UNION FR OEUVRES LAIQUE EDUCAT PHYSIQUE</t>
   </si>
   <si>
     <t>3 B QUAI LEFEVRE 97110 POINTE-A-PITRE</t>
   </si>
   <si>
     <t>01/04/1988</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>UNION FRANC OEUVRES LAIQUES EDUCA PHYSIQ</t>
   </si>
   <si>
     <t>76 RUE DU PROFESSEUR RAYMOND GARCIN 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>24/02/2012</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>02973089697</t>
   </si>
   <si>
     <t>COMITE DEPTAL GYMNASTIQUE VOLONTAIRE</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORT RTE DIGUE 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>03/01/1979</t>
   </si>
   <si>
     <t>COMITE REGIONAL SPORTS POUR TOUS GRAND EST</t>
   </si>
   <si>
     <t>MAISON DEPARTEMENTALE DES SPORTS RTE DE LA MONCELLE 08140 BAZEILLES</t>
   </si>
   <si>
     <t>21/07/2008</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>COMITE REGIONAL EDUCATION PHYSIQUE</t>
   </si>
   <si>
     <t>4 A RUE DU BIGNON 35000 RENNES</t>
   </si>
   <si>
     <t>19/08/2011</t>
   </si>
   <si>
     <t>COREG E.P.G.V. NORMANDIE</t>
   </si>
   <si>
     <t>7 AVENUE DE LA VOIE AU COQ 14760 BRETTEVILLE-SUR-ODON</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>COMITE REGIONAL D EDUCATION PHYSIQUE ET DE GYMNASTIQUE VOLONTAIRE GRAND EST</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
   <si>
     <t>25/12/1975</t>
   </si>
   <si>
     <t>COREG EPGV DE NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 2 AVENUE DE L'UNIVERSITE 33400 TALENCE</t>
   </si>
   <si>
     <t>15/07/2015</t>
   </si>
   <si>
+    <t>SPORT-PERFORMANCE-SANTE</t>
+  </si>
+  <si>
+    <t>4 AV DU STADE D'EAUX VIVES 64320 BIZANOS</t>
+  </si>
+  <si>
+    <t>27/08/2019</t>
+  </si>
+  <si>
+    <t>FEDERATION NATIONALE PROFESSION SPORT ET LOISIRS</t>
+  </si>
+  <si>
+    <t>17 B RUE DE LA SOMME 17000 LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>07/06/2016</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL UFOLEP CORSE</t>
+  </si>
+  <si>
+    <t>BP 27 1 RES DU PARC BELVEDERE 20000 AJACCIO</t>
+  </si>
+  <si>
+    <t>08/11/1989</t>
+  </si>
+  <si>
+    <t>COMITE DEPART UFOLEP CORSE DU SUD</t>
+  </si>
+  <si>
+    <t>1 RES DU PARC BELVEDERE 20000 AJACCIO</t>
+  </si>
+  <si>
+    <t>09/07/1992</t>
+  </si>
+  <si>
+    <t>FORMA' INSTITUT DE FORMATION DE LA FSCF</t>
+  </si>
+  <si>
+    <t>22 RUE OBERKAMPF 75011 PARIS</t>
+  </si>
+  <si>
+    <t>06/02/2012</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL UFOLEP AUVERGNE RHONE ALPES</t>
+  </si>
+  <si>
+    <t>LE TERRA MUNDI 2 PLACE DE FRANCFORT 69003 LYON</t>
+  </si>
+  <si>
+    <t>30/06/2021</t>
+  </si>
+  <si>
     <t>PREPA SPORTS</t>
   </si>
   <si>
     <t>285 RUE DU DOCTEUR ALBERT AYNAUD 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>19/09/2005</t>
   </si>
   <si>
     <t>INSTITUT DES METIERS DE LA FORME</t>
   </si>
   <si>
     <t>24 RUE DE CHAZELLES 75017 PARIS</t>
   </si>
   <si>
     <t>01/06/2023</t>
   </si>
   <si>
+    <t>LIGUE DE L'ENSEIGNEMENT GRAND EST</t>
+  </si>
+  <si>
+    <t>1 RUE DU PRE CHAUDRON 57070 METZ</t>
+  </si>
+  <si>
+    <t>07/11/2016</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ACTION PREVENTION SPORT ILE DE FRANCE</t>
   </si>
   <si>
     <t>7 RUE ROLAND MARTIN 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>29/03/2010</t>
   </si>
   <si>
     <t>COMITE REGIONAL EPGV AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>DOMAINE DE LA BRUNERIE 180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
   </si>
   <si>
     <t>17/10/2017</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>COREG DE CORSE</t>
   </si>
   <si>
     <t>ANCIEN COLLEGE DE MONTESOR AVENUE PAUL GIACOBBI 20600 BASTIA</t>
@@ -235,104 +367,89 @@
   <si>
     <t>15/04/2004</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
     <t>COMITE REGIONAL EDUCATION PHYSIQUE GYMNASTIQUE VOLONTAIRE OCCITANIE</t>
   </si>
   <si>
     <t>7 RUE ANDRE CITROEN 31130 BALMA</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>COMITE REGIONAL D'EDUCATION PHYSIQUE ET DE GYMNASTIQUE VOLONTAIRE DES HAUTS-DE-FRANCE</t>
   </si>
   <si>
     <t>519A 519 AVENUE DE DUNKERQUE (LOMME) 59000 LILLE</t>
   </si>
   <si>
     <t>19/10/2004</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>UFOLEP 64</t>
   </si>
   <si>
     <t>17 RUE DE BOYRIE 64000 PAU</t>
   </si>
   <si>
     <t>27/09/1985</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>UFOLEP CENTRE VAL DE LOIRE</t>
   </si>
   <si>
     <t>371 RUE D'ALSACE 45160 OLIVET</t>
   </si>
   <si>
     <t>23/03/2019</t>
   </si>
   <si>
     <t>COMITE REGIONAL UFOLEP PAYS DE LOIRE</t>
   </si>
   <si>
     <t>MAISON DES SPORTS BAT. C 44 RUE ROMAIN ROLLAND 44100 NANTES</t>
   </si>
   <si>
-    <t>01/09/2012</t>
-[...1 lines deleted...]
-  <si>
     <t>GYMNASTIQUE VOLONTAIRE COMITE DEPART 971</t>
   </si>
   <si>
     <t>CARMELITAS VILLAGE CARAIBE LD SAINT FELIX 97190 LE GOSIER</t>
   </si>
   <si>
     <t>12/04/1999</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>COMITE REGIONAL UFOLEP AUVERGNE RHONE ALPES</t>
-[...7 lines deleted...]
-  <si>
     <t>COMITE REGIONAL UFOLEP ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 RUE RECAMIER 75007 PARIS 07</t>
   </si>
   <si>
     <t>01/09/2008</t>
   </si>
   <si>
     <t>UNION FRANC OEUVRES LAIQUES EDUCAT PHYSI</t>
   </si>
   <si>
     <t>PARC KENNEDY BAT A1 285 RUE GILLES ROBERVAL 30900 NIMES</t>
   </si>
   <si>
     <t>26/10/2021</t>
   </si>
   <si>
     <t>COMITE REGIONAL UFOLEP BOURGOGNE FRANCHE-COMTE</t>
   </si>
   <si>
     <t>10 RUE CAMILLE FLAMMARION 21000 DIJON</t>
   </si>
   <si>
     <t>17/06/2016</t>
@@ -352,270 +469,153 @@
   <si>
     <t>MAISON DES SPORTS CROSMA POINTE DE LA VIERGE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>01/03/2000</t>
   </si>
   <si>
     <t>COMITE UFOLEP REGION SUD PROVENCE ALPES COTE D'AZUR</t>
   </si>
   <si>
     <t>45 RUE DE LA MAURELLE 13013 MARSEILLE</t>
   </si>
   <si>
     <t>29/09/2020</t>
   </si>
   <si>
     <t>COMITE REGIONAL DE NORMANDIE DE L'UNION FRANCAISE DES OEUVRES LAIQUES D'EDUCATION PHYSIQUE</t>
   </si>
   <si>
     <t>16 RUE DE LA GIRAFE 14000 CAEN</t>
   </si>
   <si>
     <t>14/12/1982</t>
   </si>
   <si>
-    <t>SPORT-PERFORMANCE-SANTE</t>
-[...104 lines deleted...]
-    <t>06/02/2012</t>
+    <t>ASSOCIATION NATIONALE IRENE POPARD</t>
+  </si>
+  <si>
+    <t>12 RUE NEUVE SAINT-PIERRE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>09/09/2019</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL UFOLEP BRETAGNE</t>
+  </si>
+  <si>
+    <t>MAISONS DES SPORTS 18 RUE PIERRE DE COUBERTIN 22440 PLOUFRAGAN</t>
+  </si>
+  <si>
+    <t>20/01/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LEVY REMI DANIEL  </t>
+  </si>
+  <si>
+    <t>APPT A 201 2 RUE FRANCOISE GIROUD 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>COMITE REGIONAL D EDUCATION PHYSIQUE ET DE GYMNASTIQUE VOLONTAIRE PROVENCE ALPES COTE D AZUR</t>
+  </si>
+  <si>
+    <t>8 RUE DU GRAND LOGIS 13770 VENELLES</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
   </si>
   <si>
     <t>COMITE DEPARTEMENTAL DE MAYOTTE DE L'UNION FRANCAISE DES OEUVRES LAIQUES D'EDUCATION PHYSIQUE</t>
   </si>
   <si>
     <t>LES BAS JARDINS DU COLLEGE 5 RES M'LIMANI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>11/05/2012</t>
   </si>
   <si>
-    <t>06973094297</t>
+    <t>05/06/2020</t>
   </si>
   <si>
     <t>LA LIGUE DE L'ENSEIGNEMENT DE LA MARNE</t>
   </si>
   <si>
     <t>19-23 19 RUE ALPHONSE DAUDET 51100 REIMS</t>
   </si>
   <si>
     <t>07/06/2004</t>
   </si>
   <si>
     <t>FEDERATION DES OEUVRES LAIQUES</t>
   </si>
   <si>
     <t>49 RUE ISABEY 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>93.29Z</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE SPORTS POUR TOUS</t>
   </si>
   <si>
     <t>12 PLACE GEORGES POMPIDOU 93160 NOISY-LE-GRAND</t>
   </si>
   <si>
     <t>17/01/2012</t>
   </si>
   <si>
     <t>FEDER SPORTIVE GYMNIQUE DU TRAVAIL</t>
   </si>
   <si>
     <t>14 RUE SCANDICCI 93500 PANTIN</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
+    <t>LIGUE DE L'ENSEIGNEMENT FEDERATION DEPARTEMENTALE DES P.O. MOUVEMENT D'EDUCATION POPULAIRE</t>
+  </si>
+  <si>
+    <t>1 RUE CDT DOUTRES 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>07/05/1996</t>
+  </si>
+  <si>
     <t>LTD FORMATION</t>
   </si>
   <si>
     <t>7 RUE JEAN BAPTISTE CALVIGNAC 11100 NARBONNE</t>
   </si>
   <si>
     <t>22/09/2014</t>
-  </si>
-[...52 lines deleted...]
-    <t>07/05/1996</t>
   </si>
   <si>
     <t>COMITE TERRITORIAL EPMM - SPORT POUR TOUS DE CORSE</t>
   </si>
   <si>
     <t>M. RAFFALLI JOEL PRESIDENT 8 LOT A MARINELLA 2 20290 LUCCIANA</t>
   </si>
   <si>
     <t>12/07/2013</t>
   </si>
   <si>
     <t>AQUA SPORT FORMATION</t>
   </si>
   <si>
     <t>LA CITE DE L'ENTRERISE 105 RUE PIERRE BAYLE 84000 AVIGNON</t>
   </si>
   <si>
     <t>18/05/2021</t>
   </si>
   <si>
     <t>SPORTS ET METIERS 01</t>
   </si>
   <si>
     <t>4 AVENUE DE LA GARE 01100 BELLIGNAT</t>
   </si>
@@ -1123,2179 +1123,2175 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>34798815600019</v>
+        <v>30298138600089</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>95970174097</v>
+        <v>11930554893</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>35056243500023</v>
+        <v>30628969500042</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>24</v>
+      </c>
+      <c r="I4" s="3">
+        <v>91340418334</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>35156226900016</v>
+        <v>32385851400017</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>98970341997</v>
+        <v>54860088786</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>37809275300045</v>
+        <v>32894586000034</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I6" s="3">
-        <v>21080032608</v>
+        <v>24750230545</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38747614600031</v>
+        <v>33055942800058</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
-      <c r="E7" s="2" t="s">
+      <c r="F7" s="2" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I7" s="3">
-        <v>53350818435</v>
+        <v>98970417397</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38901129700089</v>
+        <v>33271392400048</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I8" s="3">
-        <v>25140235614</v>
+        <v>11753460875</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38976031500017</v>
+        <v>33533967700031</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I9" s="3">
-        <v>41540229654</v>
+        <v>52440330044</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>39398292100032</v>
+        <v>34798815600019</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>72330553733</v>
+        <v>95970174097</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>39791808700032</v>
+        <v>35056243500023</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>93130607813</v>
+        <v>24</v>
+      </c>
+      <c r="I11" s="3" t="s">
+        <v>52</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>39899104200100</v>
+        <v>35156226900016</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I12" s="3">
-        <v>11754098575</v>
+        <v>98970341997</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>40093573000053</v>
+        <v>37809275300045</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I13" s="3">
-        <v>11940381694</v>
+        <v>21080032608</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>40233939400056</v>
+        <v>38747614600031</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I14" s="3">
-        <v>83630362363</v>
+        <v>53350818435</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40448938700021</v>
+        <v>38901129700089</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="G15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3">
-        <v>94202148420</v>
+        <v>25140235614</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40766417600051</v>
+        <v>38976031500017</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>91340532534</v>
+        <v>41540229654</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>41135533200031</v>
+        <v>39398292100032</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>73</v>
+        <v>24</v>
       </c>
       <c r="I17" s="3">
-        <v>32591406359</v>
+        <v>72330553733</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>41469366300018</v>
+        <v>49022781600066</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I18" s="3">
-        <v>75640566464</v>
+        <v>72640331864</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>41483400200035</v>
+        <v>49040767300030</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I19" s="3">
-        <v>24450328045</v>
+        <v>54170128617</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>42222876700030</v>
+        <v>49088388100016</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>52440578244</v>
+        <v>94202104320</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>43230506800012</v>
+        <v>49091092400011</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>43525312500031</v>
+        <v>74983986600011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="I22" s="3">
-        <v>82691263269</v>
+        <v>11754837475</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44150074100026</v>
+        <v>43525312500031</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>11754516075</v>
+        <v>82691263269</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>44810588200055</v>
+        <v>39791808700032</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I24" s="3">
-        <v>91300371630</v>
+        <v>93130607813</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>44832383200031</v>
+        <v>39899104200100</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I25" s="3">
-        <v>27210367421</v>
+        <v>11754098575</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>44908417700020</v>
+        <v>40041241700026</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>36</v>
+        <v>99</v>
       </c>
       <c r="I26" s="3">
-        <v>76310840231</v>
+        <v>41570348857</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>45028131600015</v>
+        <v>40093573000053</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>97970189097</v>
+        <v>11940381694</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>45332838700031</v>
+        <v>40233939400056</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I28" s="3">
-        <v>93131416913</v>
+        <v>83630362363</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>45340979900013</v>
+        <v>40448938700021</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="G29" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>49022781600066</v>
+        <v>40766417600051</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I30" s="3">
-        <v>72640331864</v>
+        <v>91340532534</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>49040767300030</v>
+        <v>41135533200031</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="I31" s="3">
-        <v>54170128617</v>
+        <v>32591406359</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>49088388100016</v>
+        <v>41469366300018</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>49091092400011</v>
+        <v>41483400200035</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I33" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I33" s="3">
+        <v>24450328045</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>30298138600089</v>
+        <v>42222876700030</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>126</v>
+        <v>44</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>11930554893</v>
+        <v>52440578244</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>30628969500042</v>
+        <v>43230506800012</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="F35" s="2" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="I35" s="3">
-        <v>91340418334</v>
+        <v>95970158397</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>32385851400017</v>
+        <v>44150074100026</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>131</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>132</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>54860088786</v>
+        <v>11754516075</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>32894586000034</v>
+        <v>44810588200055</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I37" s="3">
-        <v>24750230545</v>
+        <v>91300371630</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>33055942800058</v>
+        <v>44832383200031</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="D38" s="2" t="s">
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="E38" s="2" t="s">
+      <c r="F38" s="2" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I38" s="3">
-        <v>98970417397</v>
+        <v>27210367421</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>33271392400048</v>
+        <v>44908417700020</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F39" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="I39" s="3">
-        <v>11753460875</v>
+        <v>76310840231</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>33533967700031</v>
+        <v>45028131600015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I40" s="3">
-        <v>52440330044</v>
+        <v>97970189097</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>74983986600011</v>
+        <v>45332838700031</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I41" s="3">
-        <v>11754837475</v>
+        <v>93131416913</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>75251039600019</v>
+        <v>45340979900013</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>149</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>150</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>24</v>
+      </c>
+      <c r="I42" s="3">
+        <v>25140288114</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77561183300051</v>
+        <v>47795049700040</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F43" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="I43" s="3"/>
+        <v>31</v>
+      </c>
+      <c r="I43" s="3">
+        <v>11754134675</v>
+      </c>
       <c r="J43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77561557800017</v>
+        <v>47850963100022</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F44" s="2" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
-        <v>41540218454</v>
+        <v>53220882022</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77565767900079</v>
+        <v>52120258000028</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="I45" s="3">
-        <v>11930640593</v>
+        <v>24370326837</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77567836000048</v>
+        <v>53367112900039</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>11930595893</v>
+        <v>93840328084</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>79114396900032</v>
+        <v>75251039600019</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>13</v>
+        <v>106</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="G47" s="2" t="s">
         <v>166</v>
       </c>
-      <c r="F47" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52120258000028</v>
+        <v>77561183300051</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>53367112900039</v>
+        <v>77561557800017</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>28</v>
+        <v>173</v>
       </c>
       <c r="I49" s="3">
-        <v>93840328084</v>
+        <v>41540218454</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>40041241700026</v>
+        <v>77565767900079</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>73</v>
+        <v>59</v>
       </c>
       <c r="I50" s="3">
-        <v>41570348857</v>
+        <v>11930640593</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>47795049700040</v>
+        <v>77567836000048</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>179</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="I51" s="3">
-        <v>11754134675</v>
+        <v>11930595893</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>47850963100022</v>
+        <v>77619056300028</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="I52" s="3">
-        <v>53220882022</v>
+        <v>91660155266</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>77619056300028</v>
+        <v>79114396900032</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>184</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
       <c r="I53" s="3">
-        <v>91660155266</v>
+        <v>91110126611</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>80022681300015</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>186</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>187</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>188</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I54" s="3">
         <v>94202087920</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>80799265600023</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="I55" s="3">
         <v>93840368284</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>81199225400029</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I56" s="3">
         <v>84010176801</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>81361018500031</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>196</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>197</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I57" s="3">
         <v>84691430669</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>82029237300025</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>199</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>201</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I58" s="3">
         <v>52490324849</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>89111513100015</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>204</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>36</v>
+        <v>59</v>
       </c>
       <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>95115738700014</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>206</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="I60" s="3">
         <v>11756714975</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3323,31 +3319,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/13/2025 11:28:20</dc:description>
+  <dc:description>Export en date du 02/15/2026 01:09:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>