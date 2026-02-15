--- v1 (2026-02-15)
+++ v2 (2026-02-15)
@@ -3319,31 +3319,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/15/2026 01:09:11</dc:description>
+  <dc:description>Export en date du 02/15/2026 02:14:01</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>