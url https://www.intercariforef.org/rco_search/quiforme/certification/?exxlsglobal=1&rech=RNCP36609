--- v0 (2025-12-16)
+++ v1 (2026-02-24)
@@ -109,75 +109,75 @@
   <si>
     <t>25 RUE SAINT-AMBROISE 75011 PARIS</t>
   </si>
   <si>
     <t>01/07/2009</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>M2I SCRIBTEL</t>
   </si>
   <si>
     <t>146 A 148 146 RUE DE PICPUS 75012 PARIS</t>
   </si>
   <si>
     <t>21/10/2013</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
+    <t>ATELIERS DE SEVRES</t>
+  </si>
+  <si>
+    <t>129 RUE DE TURENNE 75003 PARIS</t>
+  </si>
+  <si>
+    <t>15/06/2019</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>LISAA</t>
+  </si>
+  <si>
     <t>ADG</t>
   </si>
   <si>
     <t>15 RUE DU LOUVRE 75001 PARIS</t>
   </si>
   <si>
     <t>12/04/2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/07/2025</t>
   </si>
   <si>
     <t>ESGCV</t>
   </si>
   <si>
     <t>95 CHEMIN ROGER MARTIN 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>MBA ESG - ESG EXECUTIVE EDUCATION</t>
   </si>
   <si>
     <t>1ER ETAGE 35 AVENUE PHILIPPE-AUGUSTE 75011 PARIS</t>
   </si>
   <si>
     <t>5 BOULEVARD RENE LAENNEC 35000 RENNES</t>
   </si>
   <si>
     <t>PSB PARIS SCHOOL OF BUSINESS</t>
   </si>
@@ -924,175 +924,173 @@
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>39336786700024</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I5" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52004190600048</v>
+        <v>41442562900055</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="G6" s="2"/>
+      <c r="G6" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="H6" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>43044911600036</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
         <v>11756473775</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>41442562900055</v>
+        <v>52004190600048</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G8" s="2" t="s">
         <v>39</v>
       </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I8" s="3">
+        <v>11754522075</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>75253547600036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="I9" s="3">
         <v>11755049075</v>
@@ -1380,53 +1378,51 @@
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>75253547600317</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>60</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>75253547600325</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
@@ -1573,53 +1569,51 @@
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>75253547600416</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>75253547600424</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>74</v>
@@ -1881,53 +1875,51 @@
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>90077772300025</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>99</v>
       </c>
       <c r="H30" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="I30" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>91114836900018</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
@@ -2062,31 +2054,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 09:57:06</dc:description>
+  <dc:description>Export en date du 02/24/2026 15:50:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>